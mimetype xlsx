--- v0 (2025-12-05)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>Time Period</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
     <t>Study Group</t>
   </si>
   <si>
     <t>Study Group Subset</t>
   </si>
   <si>
     <t>Sample Collection Date</t>
   </si>
   <si>
     <t>Chemical Group</t>
   </si>
   <si>
     <t>Weighted - Unweighted</t>
   </si>
   <si>
     <t>Measured in</t>
   </si>
   <si>
@@ -149,306 +149,420 @@
   <si>
     <t>pg/L^</t>
   </si>
   <si>
     <t>90.8%</t>
   </si>
   <si>
     <t>9.4 pg/L</t>
   </si>
   <si>
     <t>^Concentrations were adjusted for specific gravity using a reference value of 1.017 from NHANES 2007-2008.</t>
   </si>
   <si>
     <t>8-Hydroxy-1-nitropyrene</t>
   </si>
   <si>
     <t>8-OHNP</t>
   </si>
   <si>
     <t>87.2%</t>
   </si>
   <si>
     <t>11.4 pg/L</t>
   </si>
   <si>
-    <t>Women</t>
+    <t>All</t>
   </si>
   <si>
     <t>Environmental Phenols</t>
   </si>
   <si>
+    <t>Weighted Results</t>
+  </si>
+  <si>
     <t>Benzophenone-3 (Oxybenzone)</t>
   </si>
   <si>
     <t>Benzophenone-3</t>
   </si>
   <si>
     <t>131-57-7</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
+    <t>ng/ml</t>
+  </si>
+  <si>
+    <t>95.8%</t>
+  </si>
+  <si>
+    <t>0.500 and 1.000 ng/ml**</t>
+  </si>
+  <si>
+    <t>▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.; **LOD changed during the time that samples were analyzed for this project.</t>
+  </si>
+  <si>
+    <t>Creatinine</t>
+  </si>
+  <si>
+    <t>µg/g creatinine</t>
+  </si>
+  <si>
+    <t>2,010</t>
+  </si>
+  <si>
+    <t>Bisphenol A (BPA)</t>
+  </si>
+  <si>
+    <t>BPA</t>
+  </si>
+  <si>
+    <t>80-05-7</t>
+  </si>
+  <si>
+    <t>Bisphenol A</t>
+  </si>
+  <si>
+    <t>77.5%</t>
+  </si>
+  <si>
+    <t>0.100 ng/ml</t>
+  </si>
+  <si>
+    <t>▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.</t>
+  </si>
+  <si>
+    <t>Bisphenol F (BPF)</t>
+  </si>
+  <si>
+    <t>BPF</t>
+  </si>
+  <si>
+    <t>620-92-8</t>
+  </si>
+  <si>
+    <t>Bisphenol F</t>
+  </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>&lt; LOD</t>
+  </si>
+  <si>
+    <t>27.6%</t>
+  </si>
+  <si>
+    <t>0.200 ng/ml</t>
+  </si>
+  <si>
+    <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; ▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.</t>
+  </si>
+  <si>
+    <t>Bisphenol S (BPS)</t>
+  </si>
+  <si>
+    <t>BPS</t>
+  </si>
+  <si>
+    <t>80-09-1</t>
+  </si>
+  <si>
+    <t>Bisphenol S</t>
+  </si>
+  <si>
+    <t>75.8%</t>
+  </si>
+  <si>
+    <t>0.100 and 0.200 ng/ml**</t>
+  </si>
+  <si>
+    <t>Ethyl paraben</t>
+  </si>
+  <si>
+    <t>120-47-8</t>
+  </si>
+  <si>
+    <t>34.6%</t>
+  </si>
+  <si>
+    <t>0.200 and 0.500 ng/ml**</t>
+  </si>
+  <si>
+    <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; ▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.; **LOD changed during the time that samples were analyzed for this project.</t>
+  </si>
+  <si>
+    <t>Methyl paraben</t>
+  </si>
+  <si>
+    <t>99-76-3</t>
+  </si>
+  <si>
+    <t>83.3%</t>
+  </si>
+  <si>
+    <t>0.500 ng/ml</t>
+  </si>
+  <si>
+    <t>Propyl paraben</t>
+  </si>
+  <si>
+    <t>94-13-3</t>
+  </si>
+  <si>
+    <t>66.1%</t>
+  </si>
+  <si>
+    <t>Triclocarban</t>
+  </si>
+  <si>
+    <t>101-20-2</t>
+  </si>
+  <si>
+    <t>15.5%</t>
+  </si>
+  <si>
+    <t>Triclosan</t>
+  </si>
+  <si>
+    <t>3380-34-5</t>
+  </si>
+  <si>
+    <t>51.0%</t>
+  </si>
+  <si>
+    <t>0.200 and 1.000 ng/ml**</t>
+  </si>
+  <si>
+    <t>Metals</t>
+  </si>
+  <si>
+    <t>Blood</t>
+  </si>
+  <si>
+    <t>Cadmium</t>
+  </si>
+  <si>
+    <t>7440-43-9</t>
+  </si>
+  <si>
     <t>µg/L</t>
   </si>
   <si>
+    <t>99.6%</t>
+  </si>
+  <si>
+    <t>0.0750 µg/L</t>
+  </si>
+  <si>
+    <t>Lead</t>
+  </si>
+  <si>
+    <t>7439-92-1</t>
+  </si>
+  <si>
+    <t>µg/dL</t>
+  </si>
+  <si>
+    <t>100%</t>
+  </si>
+  <si>
+    <t>0.0250 µg/dL</t>
+  </si>
+  <si>
+    <t>Manganese</t>
+  </si>
+  <si>
+    <t>various</t>
+  </si>
+  <si>
+    <t>0.750 µg/L</t>
+  </si>
+  <si>
+    <t>Mercury</t>
+  </si>
+  <si>
+    <t>7439-97-6</t>
+  </si>
+  <si>
+    <t>92.9%</t>
+  </si>
+  <si>
+    <t>0.125  µg/L</t>
+  </si>
+  <si>
+    <t>Antimony</t>
+  </si>
+  <si>
+    <t>26.2%</t>
+  </si>
+  <si>
+    <t>0.0300 µg/L</t>
+  </si>
+  <si>
+    <t>26.6%</t>
+  </si>
+  <si>
+    <t>Arsenic</t>
+  </si>
+  <si>
+    <t>7440-38-2</t>
+  </si>
+  <si>
+    <t>0.100 µg/L</t>
+  </si>
+  <si>
+    <t>0.0100 µg/L</t>
+  </si>
+  <si>
+    <t>Cobalt</t>
+  </si>
+  <si>
+    <t>15.2%</t>
+  </si>
+  <si>
+    <t>15.4%</t>
+  </si>
+  <si>
+    <t>97.1%</t>
+  </si>
+  <si>
+    <t>97.3%</t>
+  </si>
+  <si>
+    <t>Molybdenum</t>
+  </si>
+  <si>
+    <t>0.300 µg/L</t>
+  </si>
+  <si>
+    <t>Thallium</t>
+  </si>
+  <si>
+    <t>99.8%</t>
+  </si>
+  <si>
+    <t>Uranium</t>
+  </si>
+  <si>
+    <t>48.6%</t>
+  </si>
+  <si>
+    <t>49.3%</t>
+  </si>
+  <si>
+    <t>Speciated arsenic</t>
+  </si>
+  <si>
+    <t>Arsenic - arsenobetaine</t>
+  </si>
+  <si>
+    <t>Arsenobetaine</t>
+  </si>
+  <si>
+    <t>64436-13-1</t>
+  </si>
+  <si>
+    <t>82.4%</t>
+  </si>
+  <si>
+    <t>Arsenic - arsenocholine</t>
+  </si>
+  <si>
+    <t>Arsenocholine</t>
+  </si>
+  <si>
+    <t>39895-81-3</t>
+  </si>
+  <si>
+    <t>10.0%</t>
+  </si>
+  <si>
+    <t>10.2%</t>
+  </si>
+  <si>
+    <t>Arsenic - arsenous (III) acid</t>
+  </si>
+  <si>
+    <t>As(III)</t>
+  </si>
+  <si>
+    <t>13464-58-9</t>
+  </si>
+  <si>
+    <t>83.8%</t>
+  </si>
+  <si>
+    <t>85.0%</t>
+  </si>
+  <si>
+    <t>Arsenic - arsenic (V) acid</t>
+  </si>
+  <si>
+    <t>As(V)</t>
+  </si>
+  <si>
+    <t>7778-39-4</t>
+  </si>
+  <si>
+    <t>22.4%</t>
+  </si>
+  <si>
+    <t>0.100 and 0.200 µg/L**</t>
+  </si>
+  <si>
+    <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; **LOD changed during the time that samples were analyzed for this project.; ▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.</t>
+  </si>
+  <si>
+    <t>22.7%</t>
+  </si>
+  <si>
+    <t>Arsenic - dimethylarsinic acid</t>
+  </si>
+  <si>
+    <t>DMA</t>
+  </si>
+  <si>
+    <t>75-60-5</t>
+  </si>
+  <si>
+    <t>Arsenic - monomethylarsonic acid</t>
+  </si>
+  <si>
+    <t>MMA</t>
+  </si>
+  <si>
+    <t>124-58-3</t>
+  </si>
+  <si>
     <t>95.0%</t>
   </si>
   <si>
-    <t>Bisphenol A (BPA)</t>
-[...230 lines deleted...]
-    <t>49.3%</t>
+    <t>95.2%</t>
   </si>
   <si>
     <t>Perfluoroalkyl and  Polyfluoroalkyl Substances (PFASs)</t>
   </si>
   <si>
     <t>Serum</t>
   </si>
   <si>
     <t>2-(N-Ethyl-perfluorooctane sulfonamido) acetic acid [Et-PFOSA-AcOH]</t>
   </si>
   <si>
     <t>Et-PFOSA-AcOH</t>
   </si>
   <si>
     <t>2991-50-6</t>
   </si>
   <si>
     <t>ng/mL</t>
   </si>
   <si>
     <t>35.7%</t>
   </si>
   <si>
     <t>0.0115  ng/mL</t>
   </si>
@@ -931,85 +1045,85 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AA47"/>
+  <dimension ref="A1:AA67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="76" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="65" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="64" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="81" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="38" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="8" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="6" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="43" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="565" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="654" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1219,3354 +1333,4932 @@
       <c r="Z3" t="s">
         <v>44</v>
       </c>
       <c r="AA3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:27">
       <c r="A4"/>
       <c r="B4" t="s">
         <v>27</v>
       </c>
       <c r="C4" t="s">
         <v>28</v>
       </c>
       <c r="D4" t="s">
         <v>45</v>
       </c>
       <c r="E4">
         <v>2018</v>
       </c>
       <c r="F4" t="s">
         <v>46</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="H4" t="s">
         <v>32</v>
       </c>
       <c r="I4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K4" t="s">
+        <v>50</v>
+      </c>
+      <c r="L4" t="s">
         <v>49</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O4">
-        <v>60</v>
+        <v>406</v>
       </c>
       <c r="P4">
-        <v>31.6</v>
+        <v>26.6</v>
       </c>
       <c r="Q4">
-        <v>18.4</v>
+        <v>19.5</v>
       </c>
       <c r="R4">
-        <v>54.2</v>
+        <v>36.3</v>
       </c>
       <c r="S4">
-        <v>7.52</v>
+        <v>7.12</v>
       </c>
       <c r="T4">
-        <v>22.3</v>
+        <v>21.1</v>
       </c>
       <c r="U4">
-        <v>152</v>
-[...4 lines deleted...]
-      <c r="W4"/>
+        <v>89.6</v>
+      </c>
+      <c r="V4"/>
+      <c r="W4">
+        <v>783</v>
+      </c>
       <c r="X4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y4"/>
-      <c r="Z4">
-[...2 lines deleted...]
-      <c r="AA4"/>
+      <c r="Z4" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="5" spans="1:27">
       <c r="A5"/>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>45</v>
       </c>
       <c r="E5">
         <v>2018</v>
       </c>
       <c r="F5" t="s">
         <v>46</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
       <c r="I5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>57</v>
+      </c>
+      <c r="O5">
+        <v>406</v>
+      </c>
+      <c r="P5">
+        <v>35.3</v>
+      </c>
+      <c r="Q5">
+        <v>24.8</v>
+      </c>
+      <c r="R5">
+        <v>50.2</v>
+      </c>
+      <c r="S5">
+        <v>8.33</v>
+      </c>
+      <c r="T5">
+        <v>26.7</v>
+      </c>
+      <c r="U5">
+        <v>113</v>
+      </c>
+      <c r="V5"/>
+      <c r="W5" t="s">
+        <v>58</v>
+      </c>
+      <c r="X5" t="s">
         <v>53</v>
       </c>
-      <c r="J5" t="s">
+      <c r="Y5"/>
+      <c r="Z5" t="s">
         <v>54</v>
       </c>
-      <c r="K5" t="s">
+      <c r="AA5" t="s">
         <v>55</v>
-      </c>
-[...38 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:27">
       <c r="A6"/>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>45</v>
       </c>
       <c r="E6">
         <v>2018</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="H6" t="s">
         <v>32</v>
       </c>
       <c r="I6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J6" t="s">
         <v>60</v>
       </c>
-      <c r="J6" t="s">
+      <c r="K6" t="s">
         <v>61</v>
       </c>
-      <c r="K6" t="s">
+      <c r="L6" t="s">
         <v>62</v>
       </c>
-      <c r="L6" t="s">
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>52</v>
+      </c>
+      <c r="O6">
+        <v>406</v>
+      </c>
+      <c r="P6">
+        <v>0.444</v>
+      </c>
+      <c r="Q6">
+        <v>0.353</v>
+      </c>
+      <c r="R6">
+        <v>0.558</v>
+      </c>
+      <c r="S6">
+        <v>0.148</v>
+      </c>
+      <c r="T6">
+        <v>0.405</v>
+      </c>
+      <c r="U6">
+        <v>1.26</v>
+      </c>
+      <c r="V6"/>
+      <c r="W6">
+        <v>5.09</v>
+      </c>
+      <c r="X6" t="s">
         <v>63</v>
       </c>
-      <c r="M6" t="s">
-[...24 lines deleted...]
-      <c r="X6" t="s">
+      <c r="Y6"/>
+      <c r="Z6" t="s">
         <v>64</v>
       </c>
-      <c r="Y6"/>
-[...2 lines deleted...]
-      </c>
       <c r="AA6" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:27">
       <c r="A7"/>
       <c r="B7" t="s">
         <v>27</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>45</v>
       </c>
       <c r="E7">
         <v>2018</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="H7" t="s">
         <v>32</v>
       </c>
       <c r="I7" t="s">
+        <v>59</v>
+      </c>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>61</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>56</v>
+      </c>
+      <c r="N7" t="s">
+        <v>57</v>
+      </c>
+      <c r="O7">
+        <v>406</v>
+      </c>
+      <c r="P7">
+        <v>0.584</v>
+      </c>
+      <c r="Q7">
+        <v>0.49</v>
+      </c>
+      <c r="R7">
+        <v>0.696</v>
+      </c>
+      <c r="S7">
+        <v>0.259</v>
+      </c>
+      <c r="T7">
+        <v>0.61</v>
+      </c>
+      <c r="U7">
+        <v>1.13</v>
+      </c>
+      <c r="V7"/>
+      <c r="W7">
+        <v>4.15</v>
+      </c>
+      <c r="X7" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y7"/>
+      <c r="Z7" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA7" t="s">
         <v>65</v>
       </c>
-      <c r="J7" t="s">
-[...46 lines deleted...]
-      <c r="AA7"/>
     </row>
     <row r="8" spans="1:27">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>27</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8">
         <v>2018</v>
       </c>
       <c r="F8" t="s">
         <v>46</v>
       </c>
       <c r="G8" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>32</v>
       </c>
       <c r="I8" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="J8" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="K8" t="s">
+        <v>68</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>52</v>
+      </c>
+      <c r="O8">
+        <v>406</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>70</v>
+      </c>
+      <c r="R8" t="s">
+        <v>70</v>
+      </c>
+      <c r="S8" t="s">
         <v>71</v>
       </c>
-      <c r="L8" t="s">
-[...26 lines deleted...]
-      <c r="W8"/>
+      <c r="T8" t="s">
+        <v>71</v>
+      </c>
+      <c r="U8">
+        <v>0.228</v>
+      </c>
+      <c r="V8"/>
+      <c r="W8">
+        <v>5.91</v>
+      </c>
       <c r="X8" t="s">
         <v>72</v>
       </c>
       <c r="Y8"/>
-      <c r="Z8">
-        <v>0.1</v>
+      <c r="Z8" t="s">
+        <v>73</v>
       </c>
       <c r="AA8" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:27">
       <c r="A9"/>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="E9">
         <v>2018</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="H9" t="s">
         <v>32</v>
       </c>
       <c r="I9" t="s">
+        <v>66</v>
+      </c>
+      <c r="J9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K9" t="s">
+        <v>68</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>56</v>
+      </c>
+      <c r="N9" t="s">
+        <v>57</v>
+      </c>
+      <c r="O9">
+        <v>406</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>70</v>
+      </c>
+      <c r="R9" t="s">
+        <v>70</v>
+      </c>
+      <c r="S9" t="s">
+        <v>71</v>
+      </c>
+      <c r="T9" t="s">
+        <v>71</v>
+      </c>
+      <c r="U9">
+        <v>0.773</v>
+      </c>
+      <c r="V9"/>
+      <c r="W9">
+        <v>4.47</v>
+      </c>
+      <c r="X9" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y9"/>
+      <c r="Z9" t="s">
         <v>73</v>
       </c>
-      <c r="J9" t="s">
-[...2 lines deleted...]
-      <c r="K9" t="s">
+      <c r="AA9" t="s">
         <v>74</v>
-      </c>
-[...38 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:27">
       <c r="A10"/>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>45</v>
       </c>
       <c r="E10">
         <v>2018</v>
       </c>
       <c r="F10" t="s">
         <v>46</v>
       </c>
       <c r="G10" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="H10" t="s">
         <v>32</v>
       </c>
       <c r="I10" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J10" t="s">
         <v>76</v>
       </c>
       <c r="K10" t="s">
         <v>77</v>
       </c>
       <c r="L10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="M10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O10">
-        <v>60</v>
+        <v>406</v>
       </c>
       <c r="P10">
-        <v>15.7</v>
+        <v>0.612</v>
       </c>
       <c r="Q10">
-        <v>9.39</v>
+        <v>0.474</v>
       </c>
       <c r="R10">
-        <v>26.2</v>
+        <v>0.791</v>
       </c>
       <c r="S10">
-        <v>4.23</v>
+        <v>0.141</v>
       </c>
       <c r="T10">
-        <v>12.7</v>
+        <v>0.701</v>
       </c>
       <c r="U10">
-        <v>60.1</v>
-[...4 lines deleted...]
-      <c r="W10"/>
+        <v>1.82</v>
+      </c>
+      <c r="V10"/>
+      <c r="W10">
+        <v>6.86</v>
+      </c>
       <c r="X10" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="Y10"/>
-      <c r="Z10">
-[...2 lines deleted...]
-      <c r="AA10"/>
+      <c r="Z10" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="11" spans="1:27">
       <c r="A11"/>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>45</v>
       </c>
       <c r="E11">
         <v>2018</v>
       </c>
       <c r="F11" t="s">
         <v>46</v>
       </c>
       <c r="G11" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="H11" t="s">
         <v>32</v>
       </c>
       <c r="I11" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="J11" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="K11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="L11" t="s">
         <v>78</v>
       </c>
       <c r="M11" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="N11" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="O11">
-        <v>60</v>
+        <v>406</v>
       </c>
       <c r="P11">
-        <v>2.1</v>
+        <v>0.802</v>
       </c>
       <c r="Q11">
-        <v>1.11</v>
+        <v>0.638</v>
       </c>
       <c r="R11">
-        <v>3.97</v>
-[...1 lines deleted...]
-      <c r="S11"/>
+        <v>1.01</v>
+      </c>
+      <c r="S11">
+        <v>0.349</v>
+      </c>
       <c r="T11">
-        <v>2.57</v>
+        <v>0.885</v>
       </c>
       <c r="U11">
-        <v>9.28</v>
-[...4 lines deleted...]
-      <c r="W11"/>
+        <v>1.79</v>
+      </c>
+      <c r="V11"/>
+      <c r="W11">
+        <v>8.01</v>
+      </c>
       <c r="X11" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y11"/>
+      <c r="Z11" t="s">
         <v>80</v>
       </c>
-      <c r="Y11"/>
-[...3 lines deleted...]
-      <c r="AA11"/>
+      <c r="AA11" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="12" spans="1:27">
       <c r="A12"/>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12" t="s">
         <v>45</v>
       </c>
       <c r="E12">
         <v>2018</v>
       </c>
       <c r="F12" t="s">
         <v>46</v>
       </c>
       <c r="G12" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="H12" t="s">
         <v>32</v>
       </c>
       <c r="I12" t="s">
         <v>81</v>
       </c>
       <c r="J12" t="s">
         <v>81</v>
       </c>
       <c r="K12" t="s">
         <v>82</v>
       </c>
       <c r="L12" t="s">
         <v>81</v>
       </c>
       <c r="M12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O12">
-        <v>60</v>
+        <v>406</v>
       </c>
       <c r="P12" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="Q12" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="R12" t="s">
-        <v>57</v>
-[...7 lines deleted...]
-      <c r="W12"/>
+        <v>70</v>
+      </c>
+      <c r="S12" t="s">
+        <v>71</v>
+      </c>
+      <c r="T12" t="s">
+        <v>71</v>
+      </c>
+      <c r="U12">
+        <v>2.45</v>
+      </c>
+      <c r="V12"/>
+      <c r="W12">
+        <v>66.7</v>
+      </c>
       <c r="X12" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="Y12"/>
-      <c r="Z12">
-        <v>0.1</v>
+      <c r="Z12" t="s">
+        <v>84</v>
       </c>
       <c r="AA12" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:27">
       <c r="A13"/>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13" t="s">
         <v>45</v>
       </c>
       <c r="E13">
         <v>2018</v>
       </c>
       <c r="F13" t="s">
         <v>46</v>
       </c>
       <c r="G13" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="H13" t="s">
         <v>32</v>
       </c>
       <c r="I13" t="s">
+        <v>81</v>
+      </c>
+      <c r="J13" t="s">
+        <v>81</v>
+      </c>
+      <c r="K13" t="s">
+        <v>82</v>
+      </c>
+      <c r="L13" t="s">
+        <v>81</v>
+      </c>
+      <c r="M13" t="s">
+        <v>56</v>
+      </c>
+      <c r="N13" t="s">
+        <v>57</v>
+      </c>
+      <c r="O13">
+        <v>406</v>
+      </c>
+      <c r="P13" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>70</v>
+      </c>
+      <c r="R13" t="s">
+        <v>70</v>
+      </c>
+      <c r="S13" t="s">
+        <v>71</v>
+      </c>
+      <c r="T13" t="s">
+        <v>71</v>
+      </c>
+      <c r="U13">
+        <v>2.27</v>
+      </c>
+      <c r="V13"/>
+      <c r="W13">
+        <v>73.8</v>
+      </c>
+      <c r="X13" t="s">
         <v>83</v>
       </c>
-      <c r="J13" t="s">
-[...2 lines deleted...]
-      <c r="K13" t="s">
+      <c r="Y13"/>
+      <c r="Z13" t="s">
         <v>84</v>
       </c>
-      <c r="L13" t="s">
-[...33 lines deleted...]
-      <c r="X13" t="s">
+      <c r="AA13" t="s">
         <v>85</v>
       </c>
-      <c r="Y13"/>
-[...3 lines deleted...]
-      <c r="AA13"/>
     </row>
     <row r="14" spans="1:27">
       <c r="A14"/>
       <c r="B14" t="s">
         <v>27</v>
       </c>
       <c r="C14" t="s">
         <v>28</v>
       </c>
       <c r="D14" t="s">
+        <v>45</v>
+      </c>
+      <c r="E14">
+        <v>2018</v>
+      </c>
+      <c r="F14" t="s">
+        <v>46</v>
+      </c>
+      <c r="G14" t="s">
+        <v>47</v>
+      </c>
+      <c r="H14" t="s">
+        <v>32</v>
+      </c>
+      <c r="I14" t="s">
         <v>86</v>
       </c>
-      <c r="E14">
-[...2 lines deleted...]
-      <c r="F14" t="s">
+      <c r="J14" t="s">
+        <v>86</v>
+      </c>
+      <c r="K14" t="s">
         <v>87</v>
       </c>
-      <c r="G14" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L14" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="M14" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O14">
-        <v>425</v>
+        <v>406</v>
       </c>
       <c r="P14">
-        <v>0.258</v>
+        <v>13.7</v>
       </c>
       <c r="Q14">
-        <v>0.232</v>
+        <v>9.67</v>
       </c>
       <c r="R14">
-        <v>0.286</v>
+        <v>19.5</v>
       </c>
       <c r="S14">
-        <v>0.173</v>
+        <v>2.97</v>
       </c>
       <c r="T14">
-        <v>0.248</v>
+        <v>18.9</v>
       </c>
       <c r="U14">
-        <v>0.357</v>
+        <v>78.2</v>
       </c>
       <c r="V14"/>
       <c r="W14">
-        <v>0.785</v>
+        <v>389</v>
       </c>
       <c r="X14" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="Y14"/>
       <c r="Z14" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="AA14" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:27">
       <c r="A15"/>
       <c r="B15" t="s">
         <v>27</v>
       </c>
       <c r="C15" t="s">
         <v>28</v>
       </c>
       <c r="D15" t="s">
+        <v>45</v>
+      </c>
+      <c r="E15">
+        <v>2018</v>
+      </c>
+      <c r="F15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" t="s">
+        <v>47</v>
+      </c>
+      <c r="H15" t="s">
+        <v>32</v>
+      </c>
+      <c r="I15" t="s">
         <v>86</v>
       </c>
-      <c r="E15">
-[...2 lines deleted...]
-      <c r="F15" t="s">
+      <c r="J15" t="s">
+        <v>86</v>
+      </c>
+      <c r="K15" t="s">
         <v>87</v>
       </c>
-      <c r="G15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L15" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="M15" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="N15" t="s">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="O15">
-        <v>425</v>
+        <v>406</v>
       </c>
       <c r="P15">
-        <v>0.768</v>
+        <v>18.4</v>
       </c>
       <c r="Q15">
-        <v>0.683</v>
+        <v>13.4</v>
       </c>
       <c r="R15">
-        <v>0.862</v>
+        <v>25.2</v>
       </c>
       <c r="S15">
-        <v>0.48</v>
+        <v>4.05</v>
       </c>
       <c r="T15">
-        <v>0.73</v>
+        <v>26.0</v>
       </c>
       <c r="U15">
-        <v>1.26</v>
+        <v>103</v>
       </c>
       <c r="V15"/>
       <c r="W15">
-        <v>2.32</v>
+        <v>254</v>
       </c>
       <c r="X15" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="Y15"/>
       <c r="Z15" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="AA15" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:27">
       <c r="A16"/>
       <c r="B16" t="s">
         <v>27</v>
       </c>
       <c r="C16" t="s">
         <v>28</v>
       </c>
       <c r="D16" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E16">
         <v>2018</v>
       </c>
       <c r="F16" t="s">
-        <v>87</v>
+        <v>46</v>
       </c>
       <c r="G16" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H16" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="I16" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="J16" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="K16" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="L16" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="M16" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N16" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O16">
-        <v>425</v>
+        <v>406</v>
       </c>
       <c r="P16">
-        <v>10.6</v>
+        <v>2.68</v>
       </c>
       <c r="Q16">
-        <v>10.1</v>
+        <v>1.77</v>
       </c>
       <c r="R16">
-        <v>11.2</v>
-[...2 lines deleted...]
-        <v>8.38</v>
+        <v>4.07</v>
+      </c>
+      <c r="S16" t="s">
+        <v>71</v>
       </c>
       <c r="T16">
-        <v>10.4</v>
+        <v>2.29</v>
       </c>
       <c r="U16">
-        <v>12.6</v>
+        <v>23.6</v>
       </c>
       <c r="V16"/>
       <c r="W16">
-        <v>20.3</v>
+        <v>158</v>
       </c>
       <c r="X16" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="Y16"/>
       <c r="Z16" t="s">
-        <v>102</v>
+        <v>73</v>
       </c>
       <c r="AA16" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:27">
       <c r="A17"/>
       <c r="B17" t="s">
         <v>27</v>
       </c>
       <c r="C17" t="s">
         <v>28</v>
       </c>
       <c r="D17" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E17">
         <v>2018</v>
       </c>
       <c r="F17" t="s">
-        <v>87</v>
+        <v>46</v>
       </c>
       <c r="G17" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H17" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="I17" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="J17" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="K17" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="L17" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="M17" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="N17" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="O17">
-        <v>425</v>
+        <v>406</v>
       </c>
       <c r="P17">
-        <v>0.975</v>
+        <v>3.5</v>
       </c>
       <c r="Q17">
-        <v>0.794</v>
+        <v>2.33</v>
       </c>
       <c r="R17">
-        <v>1.2</v>
-[...2 lines deleted...]
-        <v>0.387</v>
+        <v>5.28</v>
+      </c>
+      <c r="S17" t="s">
+        <v>71</v>
       </c>
       <c r="T17">
-        <v>1.04</v>
+        <v>3.57</v>
       </c>
       <c r="U17">
-        <v>2.56</v>
+        <v>35.7</v>
       </c>
       <c r="V17"/>
       <c r="W17">
-        <v>6.02</v>
+        <v>146</v>
       </c>
       <c r="X17" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="Y17"/>
       <c r="Z17" t="s">
-        <v>106</v>
+        <v>73</v>
       </c>
       <c r="AA17" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:27">
       <c r="A18"/>
       <c r="B18" t="s">
         <v>27</v>
       </c>
       <c r="C18" t="s">
         <v>28</v>
       </c>
       <c r="D18" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E18">
         <v>2018</v>
       </c>
       <c r="F18" t="s">
-        <v>87</v>
+        <v>46</v>
       </c>
       <c r="G18" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H18" t="s">
         <v>32</v>
       </c>
       <c r="I18" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="J18" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="K18" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="L18" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="M18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O18">
-        <v>428</v>
+        <v>406</v>
       </c>
       <c r="P18" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="Q18" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="R18" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="S18" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="T18" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>0.0316</v>
+        <v>71</v>
+      </c>
+      <c r="U18" t="s">
+        <v>71</v>
       </c>
       <c r="V18"/>
       <c r="W18">
-        <v>0.101</v>
+        <v>0.301</v>
       </c>
       <c r="X18" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="Y18"/>
       <c r="Z18" t="s">
-        <v>110</v>
+        <v>64</v>
       </c>
       <c r="AA18" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
     </row>
     <row r="19" spans="1:27">
       <c r="A19"/>
       <c r="B19" t="s">
         <v>27</v>
       </c>
       <c r="C19" t="s">
         <v>28</v>
       </c>
       <c r="D19" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E19">
         <v>2018</v>
       </c>
       <c r="F19" t="s">
-        <v>87</v>
+        <v>46</v>
       </c>
       <c r="G19" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H19" t="s">
         <v>32</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="J19" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="K19" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="L19" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="M19" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="N19" t="s">
-        <v>113</v>
+        <v>57</v>
       </c>
       <c r="O19">
-        <v>426</v>
+        <v>406</v>
       </c>
       <c r="P19" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="Q19" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="R19" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="S19" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="T19" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>0.0676</v>
+        <v>71</v>
+      </c>
+      <c r="U19" t="s">
+        <v>71</v>
       </c>
       <c r="V19"/>
       <c r="W19">
-        <v>0.18</v>
+        <v>0.808</v>
       </c>
       <c r="X19" t="s">
-        <v>114</v>
+        <v>95</v>
       </c>
       <c r="Y19"/>
       <c r="Z19" t="s">
-        <v>110</v>
+        <v>64</v>
       </c>
       <c r="AA19" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
     </row>
     <row r="20" spans="1:27">
       <c r="A20"/>
       <c r="B20" t="s">
         <v>27</v>
       </c>
       <c r="C20" t="s">
         <v>28</v>
       </c>
       <c r="D20" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E20">
         <v>2018</v>
       </c>
       <c r="F20" t="s">
-        <v>87</v>
+        <v>46</v>
       </c>
       <c r="G20" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H20" t="s">
         <v>32</v>
       </c>
       <c r="I20" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="J20" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="K20" t="s">
-        <v>116</v>
+        <v>97</v>
       </c>
       <c r="L20" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="M20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O20">
-        <v>428</v>
-[...11 lines deleted...]
-        <v>3.63</v>
+        <v>406</v>
+      </c>
+      <c r="P20" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>70</v>
+      </c>
+      <c r="R20" t="s">
+        <v>70</v>
+      </c>
+      <c r="S20" t="s">
+        <v>71</v>
       </c>
       <c r="T20">
-        <v>7.91</v>
+        <v>0.705</v>
       </c>
       <c r="U20">
-        <v>16.7</v>
+        <v>6.52</v>
       </c>
       <c r="V20"/>
       <c r="W20">
-        <v>67.2</v>
+        <v>528</v>
       </c>
       <c r="X20" t="s">
         <v>98</v>
       </c>
       <c r="Y20"/>
       <c r="Z20" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="AA20" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:27">
       <c r="A21"/>
       <c r="B21" t="s">
         <v>27</v>
       </c>
       <c r="C21" t="s">
         <v>28</v>
       </c>
       <c r="D21" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E21">
         <v>2018</v>
       </c>
       <c r="F21" t="s">
-        <v>87</v>
+        <v>46</v>
       </c>
       <c r="G21" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H21" t="s">
         <v>32</v>
       </c>
       <c r="I21" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="J21" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="K21" t="s">
-        <v>116</v>
+        <v>97</v>
       </c>
       <c r="L21" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="M21" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="N21" t="s">
-        <v>113</v>
+        <v>57</v>
       </c>
       <c r="O21">
-        <v>426</v>
-[...11 lines deleted...]
-        <v>5.16</v>
+        <v>406</v>
+      </c>
+      <c r="P21" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>70</v>
+      </c>
+      <c r="R21" t="s">
+        <v>70</v>
+      </c>
+      <c r="S21" t="s">
+        <v>71</v>
       </c>
       <c r="T21">
-        <v>9.14</v>
+        <v>1.81</v>
       </c>
       <c r="U21">
-        <v>18.8</v>
+        <v>9.23</v>
       </c>
       <c r="V21"/>
       <c r="W21">
-        <v>59.7</v>
+        <v>758</v>
       </c>
       <c r="X21" t="s">
         <v>98</v>
       </c>
       <c r="Y21"/>
       <c r="Z21" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="AA21" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:27">
       <c r="A22"/>
       <c r="B22" t="s">
         <v>27</v>
       </c>
       <c r="C22" t="s">
         <v>28</v>
       </c>
       <c r="D22" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E22">
         <v>2018</v>
       </c>
       <c r="F22" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G22" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H22" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
       <c r="I22" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="J22" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="K22" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="L22" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="M22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N22" t="s">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="O22">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="P22">
-        <v>0.153</v>
+        <v>0.258</v>
       </c>
       <c r="Q22">
-        <v>0.13</v>
+        <v>0.232</v>
       </c>
       <c r="R22">
-        <v>0.182</v>
+        <v>0.286</v>
       </c>
       <c r="S22">
-        <v>0.0707</v>
+        <v>0.173</v>
       </c>
       <c r="T22">
-        <v>0.169</v>
+        <v>0.248</v>
       </c>
       <c r="U22">
-        <v>0.342</v>
+        <v>0.357</v>
       </c>
       <c r="V22"/>
       <c r="W22">
-        <v>0.743</v>
+        <v>0.785</v>
       </c>
       <c r="X22" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="Y22"/>
       <c r="Z22" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="AA22" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:27">
       <c r="A23"/>
       <c r="B23" t="s">
         <v>27</v>
       </c>
       <c r="C23" t="s">
         <v>28</v>
       </c>
       <c r="D23" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E23">
         <v>2018</v>
       </c>
       <c r="F23" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G23" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H23" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
       <c r="I23" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="J23" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="K23" t="s">
-        <v>91</v>
+        <v>108</v>
       </c>
       <c r="L23" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="M23" t="s">
-        <v>112</v>
+        <v>51</v>
       </c>
       <c r="N23" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="O23">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="P23">
-        <v>0.199</v>
+        <v>0.768</v>
       </c>
       <c r="Q23">
-        <v>0.175</v>
+        <v>0.683</v>
       </c>
       <c r="R23">
-        <v>0.227</v>
+        <v>0.862</v>
       </c>
       <c r="S23">
-        <v>0.115</v>
+        <v>0.48</v>
       </c>
       <c r="T23">
-        <v>0.187</v>
+        <v>0.73</v>
       </c>
       <c r="U23">
-        <v>0.338</v>
+        <v>1.26</v>
       </c>
       <c r="V23"/>
       <c r="W23">
-        <v>0.691</v>
+        <v>2.32</v>
       </c>
       <c r="X23" t="s">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="Y23"/>
       <c r="Z23" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="AA23" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:27">
       <c r="A24"/>
       <c r="B24" t="s">
         <v>27</v>
       </c>
       <c r="C24" t="s">
         <v>28</v>
       </c>
       <c r="D24" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E24">
         <v>2018</v>
       </c>
       <c r="F24" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G24" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H24" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
       <c r="I24" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="J24" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="K24" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="L24" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="M24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N24" t="s">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="O24">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="P24">
-        <v>0.217</v>
+        <v>10.6</v>
       </c>
       <c r="Q24">
-        <v>0.184</v>
+        <v>10.1</v>
       </c>
       <c r="R24">
-        <v>0.256</v>
+        <v>11.2</v>
       </c>
       <c r="S24">
-        <v>0.119</v>
+        <v>8.38</v>
       </c>
       <c r="T24">
-        <v>0.21</v>
+        <v>10.4</v>
       </c>
       <c r="U24">
-        <v>0.398</v>
+        <v>12.6</v>
       </c>
       <c r="V24"/>
       <c r="W24">
-        <v>1.37</v>
+        <v>20.3</v>
       </c>
       <c r="X24" t="s">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="Y24"/>
       <c r="Z24" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="AA24" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:27">
       <c r="A25"/>
       <c r="B25" t="s">
         <v>27</v>
       </c>
       <c r="C25" t="s">
         <v>28</v>
       </c>
       <c r="D25" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E25">
         <v>2018</v>
       </c>
       <c r="F25" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G25" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H25" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
       <c r="I25" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="J25" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="K25" t="s">
-        <v>101</v>
+        <v>116</v>
       </c>
       <c r="L25" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="M25" t="s">
-        <v>112</v>
+        <v>51</v>
       </c>
       <c r="N25" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="O25">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="P25">
-        <v>0.284</v>
+        <v>0.975</v>
       </c>
       <c r="Q25">
-        <v>0.251</v>
+        <v>0.794</v>
       </c>
       <c r="R25">
-        <v>0.321</v>
+        <v>1.2</v>
       </c>
       <c r="S25">
-        <v>0.154</v>
+        <v>0.387</v>
       </c>
       <c r="T25">
-        <v>0.262</v>
+        <v>1.04</v>
       </c>
       <c r="U25">
-        <v>0.528</v>
+        <v>2.56</v>
       </c>
       <c r="V25"/>
       <c r="W25">
-        <v>1.18</v>
+        <v>6.02</v>
       </c>
       <c r="X25" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="Y25"/>
       <c r="Z25" t="s">
         <v>118</v>
       </c>
       <c r="AA25" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:27">
       <c r="A26"/>
       <c r="B26" t="s">
         <v>27</v>
       </c>
       <c r="C26" t="s">
         <v>28</v>
       </c>
       <c r="D26" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E26">
         <v>2018</v>
       </c>
       <c r="F26" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G26" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H26" t="s">
         <v>32</v>
       </c>
       <c r="I26" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="J26" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="K26" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="L26" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="M26" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N26" t="s">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="O26">
         <v>428</v>
       </c>
       <c r="P26" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="Q26" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="R26" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="S26" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="T26" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>71</v>
+      </c>
+      <c r="U26">
+        <v>0.0316</v>
       </c>
       <c r="V26"/>
       <c r="W26">
-        <v>0.174</v>
+        <v>0.101</v>
       </c>
       <c r="X26" t="s">
         <v>120</v>
       </c>
       <c r="Y26"/>
       <c r="Z26" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="AA26" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:27">
       <c r="A27"/>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" t="s">
         <v>28</v>
       </c>
       <c r="D27" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E27">
         <v>2018</v>
       </c>
       <c r="F27" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G27" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H27" t="s">
         <v>32</v>
       </c>
       <c r="I27" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="J27" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="K27" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="L27" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="M27" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="N27" t="s">
-        <v>113</v>
+        <v>57</v>
       </c>
       <c r="O27">
         <v>426</v>
       </c>
       <c r="P27" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="Q27" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="R27" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="S27" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="T27" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>71</v>
+      </c>
+      <c r="U27">
+        <v>0.0676</v>
       </c>
       <c r="V27"/>
       <c r="W27">
-        <v>0.611</v>
+        <v>0.18</v>
       </c>
       <c r="X27" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="Y27"/>
       <c r="Z27" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="AA27" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:27">
       <c r="A28"/>
       <c r="B28" t="s">
         <v>27</v>
       </c>
       <c r="C28" t="s">
         <v>28</v>
       </c>
       <c r="D28" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E28">
         <v>2018</v>
       </c>
       <c r="F28" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G28" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H28" t="s">
         <v>32</v>
       </c>
       <c r="I28" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="J28" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="K28" t="s">
+        <v>124</v>
+      </c>
+      <c r="L28" t="s">
+        <v>123</v>
+      </c>
+      <c r="M28" t="s">
+        <v>51</v>
+      </c>
+      <c r="N28" t="s">
         <v>104</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
       <c r="O28">
         <v>428</v>
       </c>
       <c r="P28">
-        <v>0.202</v>
+        <v>8.06</v>
       </c>
       <c r="Q28">
-        <v>0.159</v>
+        <v>6.69</v>
       </c>
       <c r="R28">
-        <v>0.256</v>
+        <v>9.71</v>
       </c>
       <c r="S28">
-        <v>0.0814</v>
+        <v>3.63</v>
       </c>
       <c r="T28">
-        <v>0.232</v>
+        <v>7.91</v>
       </c>
       <c r="U28">
-        <v>0.519</v>
+        <v>16.7</v>
       </c>
       <c r="V28"/>
       <c r="W28">
-        <v>2.63</v>
+        <v>67.2</v>
       </c>
       <c r="X28" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="Y28"/>
       <c r="Z28" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="AA28" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:27">
       <c r="A29"/>
       <c r="B29" t="s">
         <v>27</v>
       </c>
       <c r="C29" t="s">
         <v>28</v>
       </c>
       <c r="D29" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E29">
         <v>2018</v>
       </c>
       <c r="F29" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G29" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H29" t="s">
         <v>32</v>
       </c>
       <c r="I29" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="J29" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="K29" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="L29" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="M29" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="N29" t="s">
-        <v>113</v>
+        <v>57</v>
       </c>
       <c r="O29">
         <v>426</v>
       </c>
       <c r="P29">
-        <v>0.262</v>
+        <v>10.6</v>
       </c>
       <c r="Q29">
-        <v>0.218</v>
+        <v>9.06</v>
       </c>
       <c r="R29">
-        <v>0.314</v>
+        <v>12.3</v>
       </c>
       <c r="S29">
-        <v>0.143</v>
+        <v>5.16</v>
       </c>
       <c r="T29">
-        <v>0.277</v>
+        <v>9.14</v>
       </c>
       <c r="U29">
-        <v>0.516</v>
+        <v>18.8</v>
       </c>
       <c r="V29"/>
       <c r="W29">
-        <v>1.73</v>
+        <v>59.7</v>
       </c>
       <c r="X29" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="Y29"/>
       <c r="Z29" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="AA29" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:27">
       <c r="A30"/>
       <c r="B30" t="s">
         <v>27</v>
       </c>
       <c r="C30" t="s">
         <v>28</v>
       </c>
       <c r="D30" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E30">
         <v>2018</v>
       </c>
       <c r="F30" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G30" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H30" t="s">
         <v>32</v>
       </c>
       <c r="I30" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="J30" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="K30" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L30" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="M30" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N30" t="s">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="O30">
         <v>428</v>
       </c>
       <c r="P30">
-        <v>36.0</v>
+        <v>0.153</v>
       </c>
       <c r="Q30">
-        <v>30.5</v>
+        <v>0.13</v>
       </c>
       <c r="R30">
-        <v>42.5</v>
+        <v>0.182</v>
       </c>
       <c r="S30">
-        <v>20.0</v>
+        <v>0.0707</v>
       </c>
       <c r="T30">
-        <v>39.6</v>
+        <v>0.169</v>
       </c>
       <c r="U30">
-        <v>79.2</v>
+        <v>0.342</v>
       </c>
       <c r="V30"/>
       <c r="W30">
-        <v>160</v>
+        <v>0.743</v>
       </c>
       <c r="X30" t="s">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="Y30"/>
       <c r="Z30" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AA30" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:27">
       <c r="A31"/>
       <c r="B31" t="s">
         <v>27</v>
       </c>
       <c r="C31" t="s">
         <v>28</v>
       </c>
       <c r="D31" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E31">
         <v>2018</v>
       </c>
       <c r="F31" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G31" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H31" t="s">
         <v>32</v>
       </c>
       <c r="I31" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="J31" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="K31" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L31" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="M31" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="N31" t="s">
-        <v>113</v>
+        <v>57</v>
       </c>
       <c r="O31">
         <v>426</v>
       </c>
       <c r="P31">
-        <v>47.1</v>
+        <v>0.199</v>
       </c>
       <c r="Q31">
-        <v>41.7</v>
+        <v>0.175</v>
       </c>
       <c r="R31">
-        <v>53.2</v>
+        <v>0.227</v>
       </c>
       <c r="S31">
-        <v>28.5</v>
+        <v>0.115</v>
       </c>
       <c r="T31">
-        <v>44.9</v>
+        <v>0.187</v>
       </c>
       <c r="U31">
-        <v>79.7</v>
+        <v>0.338</v>
       </c>
       <c r="V31"/>
       <c r="W31">
-        <v>194</v>
+        <v>0.691</v>
       </c>
       <c r="X31" t="s">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="Y31"/>
       <c r="Z31" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AA31" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:27">
       <c r="A32"/>
       <c r="B32" t="s">
         <v>27</v>
       </c>
       <c r="C32" t="s">
         <v>28</v>
       </c>
       <c r="D32" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E32">
         <v>2018</v>
       </c>
       <c r="F32" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G32" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H32" t="s">
         <v>32</v>
       </c>
       <c r="I32" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J32" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="K32" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="L32" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M32" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N32" t="s">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="O32">
         <v>428</v>
       </c>
       <c r="P32">
-        <v>0.154</v>
+        <v>0.217</v>
       </c>
       <c r="Q32">
-        <v>0.134</v>
+        <v>0.184</v>
       </c>
       <c r="R32">
-        <v>0.178</v>
+        <v>0.256</v>
       </c>
       <c r="S32">
-        <v>0.085</v>
+        <v>0.119</v>
       </c>
       <c r="T32">
-        <v>0.169</v>
+        <v>0.21</v>
       </c>
       <c r="U32">
-        <v>0.305</v>
+        <v>0.398</v>
       </c>
       <c r="V32"/>
       <c r="W32">
-        <v>0.527</v>
+        <v>1.37</v>
       </c>
       <c r="X32" t="s">
-        <v>127</v>
+        <v>110</v>
       </c>
       <c r="Y32"/>
       <c r="Z32" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AA32" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:27">
       <c r="A33"/>
       <c r="B33" t="s">
         <v>27</v>
       </c>
       <c r="C33" t="s">
         <v>28</v>
       </c>
       <c r="D33" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E33">
         <v>2018</v>
       </c>
       <c r="F33" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G33" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H33" t="s">
         <v>32</v>
       </c>
       <c r="I33" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J33" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="K33" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="L33" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M33" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="N33" t="s">
-        <v>113</v>
+        <v>57</v>
       </c>
       <c r="O33">
         <v>426</v>
       </c>
       <c r="P33">
-        <v>0.2</v>
+        <v>0.284</v>
       </c>
       <c r="Q33">
-        <v>0.183</v>
+        <v>0.251</v>
       </c>
       <c r="R33">
-        <v>0.218</v>
+        <v>0.321</v>
       </c>
       <c r="S33">
-        <v>0.132</v>
+        <v>0.154</v>
       </c>
       <c r="T33">
-        <v>0.197</v>
+        <v>0.262</v>
       </c>
       <c r="U33">
-        <v>0.284</v>
+        <v>0.528</v>
       </c>
       <c r="V33"/>
       <c r="W33">
-        <v>0.491</v>
+        <v>1.18</v>
       </c>
       <c r="X33" t="s">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="Y33"/>
       <c r="Z33" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AA33" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="34" spans="1:27">
       <c r="A34"/>
       <c r="B34" t="s">
         <v>27</v>
       </c>
       <c r="C34" t="s">
         <v>28</v>
       </c>
       <c r="D34" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E34">
         <v>2018</v>
       </c>
       <c r="F34" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G34" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H34" t="s">
         <v>32</v>
       </c>
       <c r="I34" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="J34" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="K34" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="L34" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="M34" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N34" t="s">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="O34">
         <v>428</v>
       </c>
       <c r="P34" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="Q34" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="R34" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="S34" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="T34" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>0.0193</v>
+        <v>71</v>
+      </c>
+      <c r="U34" t="s">
+        <v>71</v>
       </c>
       <c r="V34"/>
       <c r="W34">
-        <v>0.116</v>
+        <v>0.174</v>
       </c>
       <c r="X34" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="Y34"/>
       <c r="Z34" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="AA34" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
     </row>
     <row r="35" spans="1:27">
       <c r="A35"/>
       <c r="B35" t="s">
         <v>27</v>
       </c>
       <c r="C35" t="s">
         <v>28</v>
       </c>
       <c r="D35" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E35">
         <v>2018</v>
       </c>
       <c r="F35" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G35" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H35" t="s">
         <v>32</v>
       </c>
       <c r="I35" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="J35" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="K35" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="L35" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="M35" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="N35" t="s">
-        <v>113</v>
+        <v>57</v>
       </c>
       <c r="O35">
         <v>426</v>
       </c>
       <c r="P35" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="Q35" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="R35" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="S35" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="T35" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>0.0313</v>
+        <v>71</v>
+      </c>
+      <c r="U35" t="s">
+        <v>71</v>
       </c>
       <c r="V35"/>
       <c r="W35">
-        <v>0.116</v>
+        <v>0.611</v>
       </c>
       <c r="X35" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="Y35"/>
       <c r="Z35" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="AA35" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
     </row>
     <row r="36" spans="1:27">
       <c r="A36"/>
       <c r="B36" t="s">
         <v>27</v>
       </c>
       <c r="C36" t="s">
         <v>28</v>
       </c>
       <c r="D36" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E36">
         <v>2018</v>
       </c>
       <c r="F36" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="G36" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H36" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="I36" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="J36" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="K36" t="s">
-        <v>135</v>
+        <v>116</v>
       </c>
       <c r="L36" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="M36" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N36" t="s">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="O36">
-        <v>425</v>
-[...11 lines deleted...]
-      <c r="T36"/>
+        <v>428</v>
+      </c>
+      <c r="P36">
+        <v>0.202</v>
+      </c>
+      <c r="Q36">
+        <v>0.159</v>
+      </c>
+      <c r="R36">
+        <v>0.256</v>
+      </c>
+      <c r="S36">
+        <v>0.0814</v>
+      </c>
+      <c r="T36">
+        <v>0.232</v>
+      </c>
       <c r="U36">
-        <v>0.0147</v>
+        <v>0.519</v>
       </c>
       <c r="V36"/>
       <c r="W36">
-        <v>0.0554</v>
+        <v>2.63</v>
       </c>
       <c r="X36" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="Y36"/>
       <c r="Z36" t="s">
-        <v>138</v>
+        <v>126</v>
       </c>
       <c r="AA36" t="s">
-        <v>111</v>
+        <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:27">
       <c r="A37"/>
       <c r="B37" t="s">
         <v>27</v>
       </c>
       <c r="C37" t="s">
         <v>28</v>
       </c>
       <c r="D37" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E37">
         <v>2018</v>
       </c>
       <c r="F37" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="G37" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H37" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="I37" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="J37" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="K37" t="s">
-        <v>141</v>
+        <v>116</v>
       </c>
       <c r="L37" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="M37" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="N37" t="s">
-        <v>136</v>
+        <v>57</v>
       </c>
       <c r="O37">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="P37">
-        <v>0.0678</v>
+        <v>0.262</v>
       </c>
       <c r="Q37">
-        <v>0.0589</v>
+        <v>0.218</v>
       </c>
       <c r="R37">
-        <v>0.078</v>
+        <v>0.314</v>
       </c>
       <c r="S37">
-        <v>0.0396</v>
+        <v>0.143</v>
       </c>
       <c r="T37">
-        <v>0.0558</v>
+        <v>0.277</v>
       </c>
       <c r="U37">
-        <v>0.0953</v>
+        <v>0.516</v>
       </c>
       <c r="V37"/>
       <c r="W37">
-        <v>0.34</v>
+        <v>1.73</v>
       </c>
       <c r="X37" t="s">
-        <v>98</v>
+        <v>131</v>
       </c>
       <c r="Y37"/>
       <c r="Z37" t="s">
-        <v>142</v>
+        <v>126</v>
       </c>
       <c r="AA37" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:27">
       <c r="A38"/>
       <c r="B38" t="s">
         <v>27</v>
       </c>
       <c r="C38" t="s">
         <v>28</v>
       </c>
       <c r="D38" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E38">
         <v>2018</v>
       </c>
       <c r="F38" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="G38" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H38" t="s">
+        <v>32</v>
+      </c>
+      <c r="I38" t="s">
         <v>132</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="K38" t="s">
-        <v>145</v>
+        <v>113</v>
       </c>
       <c r="L38" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="M38" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N38" t="s">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="O38">
-        <v>425</v>
-[...12 lines deleted...]
-      <c r="U38"/>
+        <v>428</v>
+      </c>
+      <c r="P38">
+        <v>36.0</v>
+      </c>
+      <c r="Q38">
+        <v>30.5</v>
+      </c>
+      <c r="R38">
+        <v>42.5</v>
+      </c>
+      <c r="S38">
+        <v>20.0</v>
+      </c>
+      <c r="T38">
+        <v>39.6</v>
+      </c>
+      <c r="U38">
+        <v>79.2</v>
+      </c>
       <c r="V38"/>
       <c r="W38">
-        <v>0.0357</v>
+        <v>160</v>
       </c>
       <c r="X38" t="s">
-        <v>146</v>
+        <v>110</v>
       </c>
       <c r="Y38"/>
       <c r="Z38" t="s">
-        <v>147</v>
+        <v>133</v>
       </c>
       <c r="AA38" t="s">
-        <v>111</v>
+        <v>65</v>
       </c>
     </row>
     <row r="39" spans="1:27">
       <c r="A39"/>
       <c r="B39" t="s">
         <v>27</v>
       </c>
       <c r="C39" t="s">
         <v>28</v>
       </c>
       <c r="D39" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E39">
         <v>2018</v>
       </c>
       <c r="F39" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="G39" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H39" t="s">
+        <v>32</v>
+      </c>
+      <c r="I39" t="s">
         <v>132</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>149</v>
+        <v>132</v>
       </c>
       <c r="K39" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="L39" t="s">
-        <v>149</v>
+        <v>132</v>
       </c>
       <c r="M39" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="N39" t="s">
-        <v>136</v>
+        <v>57</v>
       </c>
       <c r="O39">
-        <v>425</v>
-[...10 lines deleted...]
-      <c r="S39"/>
+        <v>426</v>
+      </c>
+      <c r="P39">
+        <v>47.1</v>
+      </c>
+      <c r="Q39">
+        <v>41.7</v>
+      </c>
+      <c r="R39">
+        <v>53.2</v>
+      </c>
+      <c r="S39">
+        <v>28.5</v>
+      </c>
       <c r="T39">
-        <v>0.0795</v>
+        <v>44.9</v>
       </c>
       <c r="U39">
-        <v>0.164</v>
+        <v>79.7</v>
       </c>
       <c r="V39"/>
       <c r="W39">
-        <v>0.321</v>
+        <v>194</v>
       </c>
       <c r="X39" t="s">
-        <v>151</v>
+        <v>110</v>
       </c>
       <c r="Y39"/>
       <c r="Z39" t="s">
-        <v>152</v>
+        <v>133</v>
       </c>
       <c r="AA39" t="s">
-        <v>111</v>
+        <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:27">
       <c r="A40"/>
       <c r="B40" t="s">
         <v>27</v>
       </c>
       <c r="C40" t="s">
         <v>28</v>
       </c>
       <c r="D40" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E40">
         <v>2018</v>
       </c>
       <c r="F40" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="G40" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H40" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="I40" t="s">
-        <v>153</v>
+        <v>134</v>
       </c>
       <c r="J40" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="K40" t="s">
-        <v>155</v>
+        <v>113</v>
       </c>
       <c r="L40" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="M40" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N40" t="s">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="O40">
-        <v>425</v>
-[...12 lines deleted...]
-      <c r="U40"/>
+        <v>428</v>
+      </c>
+      <c r="P40">
+        <v>0.154</v>
+      </c>
+      <c r="Q40">
+        <v>0.134</v>
+      </c>
+      <c r="R40">
+        <v>0.178</v>
+      </c>
+      <c r="S40">
+        <v>0.085</v>
+      </c>
+      <c r="T40">
+        <v>0.169</v>
+      </c>
+      <c r="U40">
+        <v>0.305</v>
+      </c>
       <c r="V40"/>
-      <c r="W40"/>
+      <c r="W40">
+        <v>0.527</v>
+      </c>
       <c r="X40" t="s">
-        <v>156</v>
+        <v>135</v>
       </c>
       <c r="Y40"/>
       <c r="Z40" t="s">
-        <v>157</v>
+        <v>126</v>
       </c>
       <c r="AA40" t="s">
-        <v>111</v>
+        <v>65</v>
       </c>
     </row>
     <row r="41" spans="1:27">
       <c r="A41"/>
       <c r="B41" t="s">
         <v>27</v>
       </c>
       <c r="C41" t="s">
         <v>28</v>
       </c>
       <c r="D41" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E41">
         <v>2018</v>
       </c>
       <c r="F41" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="G41" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H41" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="I41" t="s">
-        <v>158</v>
+        <v>134</v>
       </c>
       <c r="J41" t="s">
-        <v>159</v>
+        <v>134</v>
       </c>
       <c r="K41" t="s">
-        <v>160</v>
+        <v>113</v>
       </c>
       <c r="L41" t="s">
-        <v>159</v>
+        <v>134</v>
       </c>
       <c r="M41" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="N41" t="s">
-        <v>136</v>
+        <v>57</v>
       </c>
       <c r="O41">
-        <v>425</v>
-[...10 lines deleted...]
-      <c r="S41"/>
+        <v>426</v>
+      </c>
+      <c r="P41">
+        <v>0.2</v>
+      </c>
+      <c r="Q41">
+        <v>0.183</v>
+      </c>
+      <c r="R41">
+        <v>0.218</v>
+      </c>
+      <c r="S41">
+        <v>0.132</v>
+      </c>
       <c r="T41">
-        <v>0.028</v>
+        <v>0.197</v>
       </c>
       <c r="U41">
-        <v>0.0447</v>
+        <v>0.284</v>
       </c>
       <c r="V41"/>
       <c r="W41">
-        <v>0.0981</v>
+        <v>0.491</v>
       </c>
       <c r="X41" t="s">
-        <v>161</v>
+        <v>110</v>
       </c>
       <c r="Y41"/>
       <c r="Z41" t="s">
-        <v>162</v>
+        <v>126</v>
       </c>
       <c r="AA41" t="s">
-        <v>111</v>
+        <v>65</v>
       </c>
     </row>
     <row r="42" spans="1:27">
       <c r="A42"/>
       <c r="B42" t="s">
         <v>27</v>
       </c>
       <c r="C42" t="s">
         <v>28</v>
       </c>
       <c r="D42" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E42">
         <v>2018</v>
       </c>
       <c r="F42" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="G42" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H42" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="I42" t="s">
-        <v>163</v>
+        <v>136</v>
       </c>
       <c r="J42" t="s">
-        <v>164</v>
+        <v>136</v>
       </c>
       <c r="K42" t="s">
-        <v>165</v>
+        <v>113</v>
       </c>
       <c r="L42" t="s">
-        <v>164</v>
+        <v>136</v>
       </c>
       <c r="M42" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N42" t="s">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="O42">
-        <v>425</v>
-[...14 lines deleted...]
-        <v>0.787</v>
+        <v>428</v>
+      </c>
+      <c r="P42" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>70</v>
+      </c>
+      <c r="R42" t="s">
+        <v>70</v>
+      </c>
+      <c r="S42" t="s">
+        <v>71</v>
+      </c>
+      <c r="T42" t="s">
+        <v>71</v>
       </c>
       <c r="U42">
-        <v>1.23</v>
+        <v>0.0193</v>
       </c>
       <c r="V42"/>
       <c r="W42">
-        <v>2.39</v>
+        <v>0.116</v>
       </c>
       <c r="X42" t="s">
-        <v>166</v>
+        <v>137</v>
       </c>
       <c r="Y42"/>
       <c r="Z42" t="s">
-        <v>167</v>
+        <v>126</v>
       </c>
       <c r="AA42" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
     </row>
     <row r="43" spans="1:27">
       <c r="A43"/>
       <c r="B43" t="s">
         <v>27</v>
       </c>
       <c r="C43" t="s">
         <v>28</v>
       </c>
       <c r="D43" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="E43">
         <v>2018</v>
       </c>
       <c r="F43" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="G43" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H43" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="I43" t="s">
-        <v>168</v>
+        <v>136</v>
       </c>
       <c r="J43" t="s">
-        <v>169</v>
+        <v>136</v>
       </c>
       <c r="K43" t="s">
-        <v>170</v>
+        <v>113</v>
       </c>
       <c r="L43" t="s">
-        <v>169</v>
+        <v>136</v>
       </c>
       <c r="M43" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="N43" t="s">
-        <v>136</v>
+        <v>57</v>
       </c>
       <c r="O43">
-        <v>425</v>
-[...14 lines deleted...]
-        <v>0.32</v>
+        <v>426</v>
+      </c>
+      <c r="P43" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>70</v>
+      </c>
+      <c r="R43" t="s">
+        <v>70</v>
+      </c>
+      <c r="S43" t="s">
+        <v>71</v>
+      </c>
+      <c r="T43" t="s">
+        <v>71</v>
       </c>
       <c r="U43">
-        <v>0.471</v>
+        <v>0.0313</v>
       </c>
       <c r="V43"/>
       <c r="W43">
-        <v>1.16</v>
+        <v>0.116</v>
       </c>
       <c r="X43" t="s">
-        <v>171</v>
+        <v>138</v>
       </c>
       <c r="Y43"/>
       <c r="Z43" t="s">
-        <v>172</v>
+        <v>126</v>
       </c>
       <c r="AA43" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
     </row>
     <row r="44" spans="1:27">
       <c r="A44"/>
       <c r="B44" t="s">
         <v>27</v>
       </c>
       <c r="C44" t="s">
         <v>28</v>
       </c>
       <c r="D44" t="s">
-        <v>86</v>
+        <v>139</v>
       </c>
       <c r="E44">
         <v>2018</v>
       </c>
       <c r="F44" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="G44" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H44" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="I44" t="s">
-        <v>173</v>
+        <v>140</v>
       </c>
       <c r="J44" t="s">
-        <v>174</v>
+        <v>141</v>
       </c>
       <c r="K44" t="s">
-        <v>175</v>
+        <v>142</v>
       </c>
       <c r="L44" t="s">
-        <v>174</v>
+        <v>123</v>
       </c>
       <c r="M44" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N44" t="s">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="O44">
-        <v>425</v>
+        <v>414</v>
       </c>
       <c r="P44">
-        <v>1.04</v>
+        <v>1.14</v>
       </c>
       <c r="Q44">
-        <v>0.92</v>
+        <v>0.813</v>
       </c>
       <c r="R44">
-        <v>1.17</v>
+        <v>1.6</v>
       </c>
       <c r="S44">
-        <v>0.732</v>
+        <v>0.179</v>
       </c>
       <c r="T44">
-        <v>1.17</v>
+        <v>0.952</v>
       </c>
       <c r="U44">
-        <v>1.52</v>
+        <v>6.03</v>
       </c>
       <c r="V44"/>
       <c r="W44">
-        <v>3.06</v>
+        <v>40.7</v>
       </c>
       <c r="X44" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="Y44"/>
       <c r="Z44" t="s">
-        <v>176</v>
+        <v>125</v>
       </c>
       <c r="AA44" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="45" spans="1:27">
       <c r="A45"/>
       <c r="B45" t="s">
         <v>27</v>
       </c>
       <c r="C45" t="s">
         <v>28</v>
       </c>
       <c r="D45" t="s">
-        <v>86</v>
+        <v>139</v>
       </c>
       <c r="E45">
         <v>2018</v>
       </c>
       <c r="F45" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="G45" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H45" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="I45" t="s">
-        <v>177</v>
+        <v>140</v>
       </c>
       <c r="J45" t="s">
-        <v>178</v>
+        <v>141</v>
       </c>
       <c r="K45" t="s">
-        <v>179</v>
+        <v>142</v>
       </c>
       <c r="L45" t="s">
-        <v>178</v>
+        <v>123</v>
       </c>
       <c r="M45" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="N45" t="s">
-        <v>136</v>
+        <v>57</v>
       </c>
       <c r="O45">
-        <v>425</v>
+        <v>412</v>
       </c>
       <c r="P45">
-        <v>2.2</v>
+        <v>1.46</v>
       </c>
       <c r="Q45">
-        <v>1.87</v>
+        <v>1.05</v>
       </c>
       <c r="R45">
-        <v>2.6</v>
+        <v>2.03</v>
       </c>
       <c r="S45">
-        <v>1.41</v>
+        <v>0.256</v>
       </c>
       <c r="T45">
-        <v>2.38</v>
+        <v>1.14</v>
       </c>
       <c r="U45">
-        <v>3.91</v>
+        <v>7.55</v>
       </c>
       <c r="V45"/>
       <c r="W45">
-        <v>8.78</v>
+        <v>37.9</v>
       </c>
       <c r="X45" t="s">
-        <v>180</v>
+        <v>143</v>
       </c>
       <c r="Y45"/>
       <c r="Z45" t="s">
-        <v>181</v>
+        <v>125</v>
       </c>
       <c r="AA45" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="46" spans="1:27">
       <c r="A46"/>
       <c r="B46" t="s">
         <v>27</v>
       </c>
       <c r="C46" t="s">
         <v>28</v>
       </c>
       <c r="D46" t="s">
-        <v>86</v>
+        <v>139</v>
       </c>
       <c r="E46">
         <v>2018</v>
       </c>
       <c r="F46" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="G46" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H46" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="I46" t="s">
-        <v>182</v>
+        <v>144</v>
       </c>
       <c r="J46" t="s">
-        <v>183</v>
+        <v>145</v>
       </c>
       <c r="K46" t="s">
-        <v>184</v>
+        <v>146</v>
       </c>
       <c r="L46" t="s">
-        <v>183</v>
+        <v>123</v>
       </c>
       <c r="M46" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N46" t="s">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="O46">
-        <v>425</v>
+        <v>414</v>
       </c>
       <c r="P46" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="Q46" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="R46" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        <v>0.0152</v>
+        <v>70</v>
+      </c>
+      <c r="S46" t="s">
+        <v>71</v>
+      </c>
+      <c r="T46" t="s">
+        <v>71</v>
+      </c>
+      <c r="U46" t="s">
+        <v>71</v>
       </c>
       <c r="V46"/>
       <c r="W46">
-        <v>0.0611</v>
+        <v>0.206</v>
       </c>
       <c r="X46" t="s">
-        <v>185</v>
+        <v>147</v>
       </c>
       <c r="Y46"/>
       <c r="Z46" t="s">
-        <v>186</v>
+        <v>125</v>
       </c>
       <c r="AA46" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
     </row>
     <row r="47" spans="1:27">
       <c r="A47"/>
       <c r="B47" t="s">
         <v>27</v>
       </c>
       <c r="C47" t="s">
         <v>28</v>
       </c>
       <c r="D47" t="s">
-        <v>86</v>
+        <v>139</v>
       </c>
       <c r="E47">
         <v>2018</v>
       </c>
       <c r="F47" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="G47" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="H47" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="I47" t="s">
-        <v>187</v>
+        <v>144</v>
       </c>
       <c r="J47" t="s">
-        <v>188</v>
+        <v>145</v>
       </c>
       <c r="K47" t="s">
-        <v>189</v>
+        <v>146</v>
       </c>
       <c r="L47" t="s">
-        <v>188</v>
+        <v>123</v>
       </c>
       <c r="M47" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="N47" t="s">
-        <v>136</v>
+        <v>57</v>
       </c>
       <c r="O47">
-        <v>425</v>
-[...17 lines deleted...]
-        <v>0.136</v>
+        <v>412</v>
+      </c>
+      <c r="P47" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>70</v>
+      </c>
+      <c r="R47" t="s">
+        <v>70</v>
+      </c>
+      <c r="S47" t="s">
+        <v>71</v>
+      </c>
+      <c r="T47" t="s">
+        <v>71</v>
+      </c>
+      <c r="U47" t="s">
+        <v>71</v>
       </c>
       <c r="V47"/>
       <c r="W47">
-        <v>0.35</v>
+        <v>0.528</v>
       </c>
       <c r="X47" t="s">
-        <v>190</v>
+        <v>148</v>
       </c>
       <c r="Y47"/>
       <c r="Z47" t="s">
+        <v>125</v>
+      </c>
+      <c r="AA47" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="48" spans="1:27">
+      <c r="A48"/>
+      <c r="B48" t="s">
+        <v>27</v>
+      </c>
+      <c r="C48" t="s">
+        <v>28</v>
+      </c>
+      <c r="D48" t="s">
+        <v>139</v>
+      </c>
+      <c r="E48">
+        <v>2018</v>
+      </c>
+      <c r="F48" t="s">
+        <v>100</v>
+      </c>
+      <c r="G48" t="s">
+        <v>47</v>
+      </c>
+      <c r="H48" t="s">
+        <v>32</v>
+      </c>
+      <c r="I48" t="s">
+        <v>149</v>
+      </c>
+      <c r="J48" t="s">
+        <v>150</v>
+      </c>
+      <c r="K48" t="s">
+        <v>151</v>
+      </c>
+      <c r="L48" t="s">
+        <v>123</v>
+      </c>
+      <c r="M48" t="s">
+        <v>51</v>
+      </c>
+      <c r="N48" t="s">
+        <v>104</v>
+      </c>
+      <c r="O48">
+        <v>414</v>
+      </c>
+      <c r="P48">
+        <v>0.312</v>
+      </c>
+      <c r="Q48">
+        <v>0.264</v>
+      </c>
+      <c r="R48">
+        <v>0.369</v>
+      </c>
+      <c r="S48">
+        <v>0.127</v>
+      </c>
+      <c r="T48">
+        <v>0.318</v>
+      </c>
+      <c r="U48">
+        <v>0.579</v>
+      </c>
+      <c r="V48"/>
+      <c r="W48">
+        <v>2.12</v>
+      </c>
+      <c r="X48" t="s">
+        <v>152</v>
+      </c>
+      <c r="Y48"/>
+      <c r="Z48" t="s">
+        <v>125</v>
+      </c>
+      <c r="AA48" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="49" spans="1:27">
+      <c r="A49"/>
+      <c r="B49" t="s">
+        <v>27</v>
+      </c>
+      <c r="C49" t="s">
+        <v>28</v>
+      </c>
+      <c r="D49" t="s">
+        <v>139</v>
+      </c>
+      <c r="E49">
+        <v>2018</v>
+      </c>
+      <c r="F49" t="s">
+        <v>100</v>
+      </c>
+      <c r="G49" t="s">
+        <v>47</v>
+      </c>
+      <c r="H49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I49" t="s">
+        <v>149</v>
+      </c>
+      <c r="J49" t="s">
+        <v>150</v>
+      </c>
+      <c r="K49" t="s">
+        <v>151</v>
+      </c>
+      <c r="L49" t="s">
+        <v>123</v>
+      </c>
+      <c r="M49" t="s">
+        <v>56</v>
+      </c>
+      <c r="N49" t="s">
+        <v>57</v>
+      </c>
+      <c r="O49">
+        <v>412</v>
+      </c>
+      <c r="P49">
+        <v>0.403</v>
+      </c>
+      <c r="Q49">
+        <v>0.349</v>
+      </c>
+      <c r="R49">
+        <v>0.465</v>
+      </c>
+      <c r="S49">
+        <v>0.231</v>
+      </c>
+      <c r="T49">
+        <v>0.366</v>
+      </c>
+      <c r="U49">
+        <v>0.552</v>
+      </c>
+      <c r="V49"/>
+      <c r="W49">
+        <v>2.26</v>
+      </c>
+      <c r="X49" t="s">
+        <v>153</v>
+      </c>
+      <c r="Y49"/>
+      <c r="Z49" t="s">
+        <v>125</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="50" spans="1:27">
+      <c r="A50"/>
+      <c r="B50" t="s">
+        <v>27</v>
+      </c>
+      <c r="C50" t="s">
+        <v>28</v>
+      </c>
+      <c r="D50" t="s">
+        <v>139</v>
+      </c>
+      <c r="E50">
+        <v>2018</v>
+      </c>
+      <c r="F50" t="s">
+        <v>100</v>
+      </c>
+      <c r="G50" t="s">
+        <v>47</v>
+      </c>
+      <c r="H50" t="s">
+        <v>32</v>
+      </c>
+      <c r="I50" t="s">
+        <v>154</v>
+      </c>
+      <c r="J50" t="s">
+        <v>155</v>
+      </c>
+      <c r="K50" t="s">
+        <v>156</v>
+      </c>
+      <c r="L50" t="s">
+        <v>123</v>
+      </c>
+      <c r="M50" t="s">
+        <v>51</v>
+      </c>
+      <c r="N50" t="s">
+        <v>104</v>
+      </c>
+      <c r="O50">
+        <v>414</v>
+      </c>
+      <c r="P50" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>70</v>
+      </c>
+      <c r="R50" t="s">
+        <v>70</v>
+      </c>
+      <c r="S50" t="s">
+        <v>71</v>
+      </c>
+      <c r="T50" t="s">
+        <v>71</v>
+      </c>
+      <c r="U50" t="s">
+        <v>71</v>
+      </c>
+      <c r="V50"/>
+      <c r="W50">
+        <v>0.44</v>
+      </c>
+      <c r="X50" t="s">
+        <v>157</v>
+      </c>
+      <c r="Y50"/>
+      <c r="Z50" t="s">
+        <v>158</v>
+      </c>
+      <c r="AA50" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="51" spans="1:27">
+      <c r="A51"/>
+      <c r="B51" t="s">
+        <v>27</v>
+      </c>
+      <c r="C51" t="s">
+        <v>28</v>
+      </c>
+      <c r="D51" t="s">
+        <v>139</v>
+      </c>
+      <c r="E51">
+        <v>2018</v>
+      </c>
+      <c r="F51" t="s">
+        <v>100</v>
+      </c>
+      <c r="G51" t="s">
+        <v>47</v>
+      </c>
+      <c r="H51" t="s">
+        <v>32</v>
+      </c>
+      <c r="I51" t="s">
+        <v>154</v>
+      </c>
+      <c r="J51" t="s">
+        <v>155</v>
+      </c>
+      <c r="K51" t="s">
+        <v>156</v>
+      </c>
+      <c r="L51" t="s">
+        <v>123</v>
+      </c>
+      <c r="M51" t="s">
+        <v>56</v>
+      </c>
+      <c r="N51" t="s">
+        <v>57</v>
+      </c>
+      <c r="O51">
+        <v>412</v>
+      </c>
+      <c r="P51" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>70</v>
+      </c>
+      <c r="R51" t="s">
+        <v>70</v>
+      </c>
+      <c r="S51" t="s">
+        <v>71</v>
+      </c>
+      <c r="T51" t="s">
+        <v>71</v>
+      </c>
+      <c r="U51" t="s">
+        <v>71</v>
+      </c>
+      <c r="V51"/>
+      <c r="W51">
+        <v>1.07</v>
+      </c>
+      <c r="X51" t="s">
+        <v>160</v>
+      </c>
+      <c r="Y51"/>
+      <c r="Z51" t="s">
+        <v>158</v>
+      </c>
+      <c r="AA51" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="52" spans="1:27">
+      <c r="A52"/>
+      <c r="B52" t="s">
+        <v>27</v>
+      </c>
+      <c r="C52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D52" t="s">
+        <v>139</v>
+      </c>
+      <c r="E52">
+        <v>2018</v>
+      </c>
+      <c r="F52" t="s">
+        <v>100</v>
+      </c>
+      <c r="G52" t="s">
+        <v>47</v>
+      </c>
+      <c r="H52" t="s">
+        <v>32</v>
+      </c>
+      <c r="I52" t="s">
+        <v>161</v>
+      </c>
+      <c r="J52" t="s">
+        <v>162</v>
+      </c>
+      <c r="K52" t="s">
+        <v>163</v>
+      </c>
+      <c r="L52" t="s">
+        <v>123</v>
+      </c>
+      <c r="M52" t="s">
+        <v>51</v>
+      </c>
+      <c r="N52" t="s">
+        <v>104</v>
+      </c>
+      <c r="O52">
+        <v>414</v>
+      </c>
+      <c r="P52">
+        <v>3.47</v>
+      </c>
+      <c r="Q52">
+        <v>2.95</v>
+      </c>
+      <c r="R52">
+        <v>4.08</v>
+      </c>
+      <c r="S52">
+        <v>2.03</v>
+      </c>
+      <c r="T52">
+        <v>3.6</v>
+      </c>
+      <c r="U52">
+        <v>6.41</v>
+      </c>
+      <c r="V52"/>
+      <c r="W52">
+        <v>18.1</v>
+      </c>
+      <c r="X52" t="s">
+        <v>110</v>
+      </c>
+      <c r="Y52"/>
+      <c r="Z52" t="s">
+        <v>125</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="53" spans="1:27">
+      <c r="A53"/>
+      <c r="B53" t="s">
+        <v>27</v>
+      </c>
+      <c r="C53" t="s">
+        <v>28</v>
+      </c>
+      <c r="D53" t="s">
+        <v>139</v>
+      </c>
+      <c r="E53">
+        <v>2018</v>
+      </c>
+      <c r="F53" t="s">
+        <v>100</v>
+      </c>
+      <c r="G53" t="s">
+        <v>47</v>
+      </c>
+      <c r="H53" t="s">
+        <v>32</v>
+      </c>
+      <c r="I53" t="s">
+        <v>161</v>
+      </c>
+      <c r="J53" t="s">
+        <v>162</v>
+      </c>
+      <c r="K53" t="s">
+        <v>163</v>
+      </c>
+      <c r="L53" t="s">
+        <v>123</v>
+      </c>
+      <c r="M53" t="s">
+        <v>56</v>
+      </c>
+      <c r="N53" t="s">
+        <v>57</v>
+      </c>
+      <c r="O53">
+        <v>412</v>
+      </c>
+      <c r="P53">
+        <v>4.54</v>
+      </c>
+      <c r="Q53">
+        <v>4.07</v>
+      </c>
+      <c r="R53">
+        <v>5.07</v>
+      </c>
+      <c r="S53">
+        <v>2.64</v>
+      </c>
+      <c r="T53">
+        <v>4.26</v>
+      </c>
+      <c r="U53">
+        <v>6.58</v>
+      </c>
+      <c r="V53"/>
+      <c r="W53">
+        <v>13.7</v>
+      </c>
+      <c r="X53" t="s">
+        <v>110</v>
+      </c>
+      <c r="Y53"/>
+      <c r="Z53" t="s">
+        <v>125</v>
+      </c>
+      <c r="AA53" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="54" spans="1:27">
+      <c r="A54"/>
+      <c r="B54" t="s">
+        <v>27</v>
+      </c>
+      <c r="C54" t="s">
+        <v>28</v>
+      </c>
+      <c r="D54" t="s">
+        <v>139</v>
+      </c>
+      <c r="E54">
+        <v>2018</v>
+      </c>
+      <c r="F54" t="s">
+        <v>100</v>
+      </c>
+      <c r="G54" t="s">
+        <v>47</v>
+      </c>
+      <c r="H54" t="s">
+        <v>32</v>
+      </c>
+      <c r="I54" t="s">
+        <v>164</v>
+      </c>
+      <c r="J54" t="s">
+        <v>165</v>
+      </c>
+      <c r="K54" t="s">
+        <v>166</v>
+      </c>
+      <c r="L54" t="s">
+        <v>123</v>
+      </c>
+      <c r="M54" t="s">
+        <v>51</v>
+      </c>
+      <c r="N54" t="s">
+        <v>104</v>
+      </c>
+      <c r="O54">
+        <v>414</v>
+      </c>
+      <c r="P54">
+        <v>0.48</v>
+      </c>
+      <c r="Q54">
+        <v>0.422</v>
+      </c>
+      <c r="R54">
+        <v>0.546</v>
+      </c>
+      <c r="S54">
+        <v>0.275</v>
+      </c>
+      <c r="T54">
+        <v>0.515</v>
+      </c>
+      <c r="U54">
+        <v>0.84</v>
+      </c>
+      <c r="V54"/>
+      <c r="W54">
+        <v>1.56</v>
+      </c>
+      <c r="X54" t="s">
+        <v>167</v>
+      </c>
+      <c r="Y54"/>
+      <c r="Z54" t="s">
+        <v>125</v>
+      </c>
+      <c r="AA54" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="55" spans="1:27">
+      <c r="A55"/>
+      <c r="B55" t="s">
+        <v>27</v>
+      </c>
+      <c r="C55" t="s">
+        <v>28</v>
+      </c>
+      <c r="D55" t="s">
+        <v>139</v>
+      </c>
+      <c r="E55">
+        <v>2018</v>
+      </c>
+      <c r="F55" t="s">
+        <v>100</v>
+      </c>
+      <c r="G55" t="s">
+        <v>47</v>
+      </c>
+      <c r="H55" t="s">
+        <v>32</v>
+      </c>
+      <c r="I55" t="s">
+        <v>164</v>
+      </c>
+      <c r="J55" t="s">
+        <v>165</v>
+      </c>
+      <c r="K55" t="s">
+        <v>166</v>
+      </c>
+      <c r="L55" t="s">
+        <v>123</v>
+      </c>
+      <c r="M55" t="s">
+        <v>56</v>
+      </c>
+      <c r="N55" t="s">
+        <v>57</v>
+      </c>
+      <c r="O55">
+        <v>412</v>
+      </c>
+      <c r="P55">
+        <v>0.621</v>
+      </c>
+      <c r="Q55">
+        <v>0.564</v>
+      </c>
+      <c r="R55">
+        <v>0.684</v>
+      </c>
+      <c r="S55">
+        <v>0.394</v>
+      </c>
+      <c r="T55">
+        <v>0.609</v>
+      </c>
+      <c r="U55">
+        <v>0.911</v>
+      </c>
+      <c r="V55"/>
+      <c r="W55">
+        <v>1.7</v>
+      </c>
+      <c r="X55" t="s">
+        <v>168</v>
+      </c>
+      <c r="Y55"/>
+      <c r="Z55" t="s">
+        <v>125</v>
+      </c>
+      <c r="AA55" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="56" spans="1:27">
+      <c r="A56"/>
+      <c r="B56" t="s">
+        <v>27</v>
+      </c>
+      <c r="C56" t="s">
+        <v>28</v>
+      </c>
+      <c r="D56" t="s">
+        <v>45</v>
+      </c>
+      <c r="E56">
+        <v>2018</v>
+      </c>
+      <c r="F56" t="s">
+        <v>169</v>
+      </c>
+      <c r="G56" t="s">
+        <v>47</v>
+      </c>
+      <c r="H56" t="s">
+        <v>170</v>
+      </c>
+      <c r="I56" t="s">
+        <v>171</v>
+      </c>
+      <c r="J56" t="s">
+        <v>172</v>
+      </c>
+      <c r="K56" t="s">
+        <v>173</v>
+      </c>
+      <c r="L56" t="s">
+        <v>172</v>
+      </c>
+      <c r="M56" t="s">
+        <v>51</v>
+      </c>
+      <c r="N56" t="s">
+        <v>174</v>
+      </c>
+      <c r="O56">
+        <v>425</v>
+      </c>
+      <c r="P56" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>70</v>
+      </c>
+      <c r="R56" t="s">
+        <v>70</v>
+      </c>
+      <c r="S56"/>
+      <c r="T56"/>
+      <c r="U56">
+        <v>0.0147</v>
+      </c>
+      <c r="V56"/>
+      <c r="W56">
+        <v>0.0554</v>
+      </c>
+      <c r="X56" t="s">
+        <v>175</v>
+      </c>
+      <c r="Y56"/>
+      <c r="Z56" t="s">
+        <v>176</v>
+      </c>
+      <c r="AA56" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="57" spans="1:27">
+      <c r="A57"/>
+      <c r="B57" t="s">
+        <v>27</v>
+      </c>
+      <c r="C57" t="s">
+        <v>28</v>
+      </c>
+      <c r="D57" t="s">
+        <v>45</v>
+      </c>
+      <c r="E57">
+        <v>2018</v>
+      </c>
+      <c r="F57" t="s">
+        <v>169</v>
+      </c>
+      <c r="G57" t="s">
+        <v>47</v>
+      </c>
+      <c r="H57" t="s">
+        <v>170</v>
+      </c>
+      <c r="I57" t="s">
+        <v>177</v>
+      </c>
+      <c r="J57" t="s">
+        <v>178</v>
+      </c>
+      <c r="K57" t="s">
+        <v>179</v>
+      </c>
+      <c r="L57" t="s">
+        <v>178</v>
+      </c>
+      <c r="M57" t="s">
+        <v>51</v>
+      </c>
+      <c r="N57" t="s">
+        <v>174</v>
+      </c>
+      <c r="O57">
+        <v>425</v>
+      </c>
+      <c r="P57">
+        <v>0.0678</v>
+      </c>
+      <c r="Q57">
+        <v>0.0589</v>
+      </c>
+      <c r="R57">
+        <v>0.078</v>
+      </c>
+      <c r="S57">
+        <v>0.0396</v>
+      </c>
+      <c r="T57">
+        <v>0.0558</v>
+      </c>
+      <c r="U57">
+        <v>0.0953</v>
+      </c>
+      <c r="V57"/>
+      <c r="W57">
+        <v>0.34</v>
+      </c>
+      <c r="X57" t="s">
+        <v>110</v>
+      </c>
+      <c r="Y57"/>
+      <c r="Z57" t="s">
+        <v>180</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="58" spans="1:27">
+      <c r="A58"/>
+      <c r="B58" t="s">
+        <v>27</v>
+      </c>
+      <c r="C58" t="s">
+        <v>28</v>
+      </c>
+      <c r="D58" t="s">
+        <v>45</v>
+      </c>
+      <c r="E58">
+        <v>2018</v>
+      </c>
+      <c r="F58" t="s">
+        <v>169</v>
+      </c>
+      <c r="G58" t="s">
+        <v>47</v>
+      </c>
+      <c r="H58" t="s">
+        <v>170</v>
+      </c>
+      <c r="I58" t="s">
+        <v>181</v>
+      </c>
+      <c r="J58" t="s">
+        <v>182</v>
+      </c>
+      <c r="K58" t="s">
+        <v>183</v>
+      </c>
+      <c r="L58" t="s">
+        <v>182</v>
+      </c>
+      <c r="M58" t="s">
+        <v>51</v>
+      </c>
+      <c r="N58" t="s">
+        <v>174</v>
+      </c>
+      <c r="O58">
+        <v>425</v>
+      </c>
+      <c r="P58" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>70</v>
+      </c>
+      <c r="R58" t="s">
+        <v>70</v>
+      </c>
+      <c r="S58"/>
+      <c r="T58"/>
+      <c r="U58"/>
+      <c r="V58"/>
+      <c r="W58">
+        <v>0.0357</v>
+      </c>
+      <c r="X58" t="s">
+        <v>184</v>
+      </c>
+      <c r="Y58"/>
+      <c r="Z58" t="s">
+        <v>185</v>
+      </c>
+      <c r="AA58" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="59" spans="1:27">
+      <c r="A59"/>
+      <c r="B59" t="s">
+        <v>27</v>
+      </c>
+      <c r="C59" t="s">
+        <v>28</v>
+      </c>
+      <c r="D59" t="s">
+        <v>45</v>
+      </c>
+      <c r="E59">
+        <v>2018</v>
+      </c>
+      <c r="F59" t="s">
+        <v>169</v>
+      </c>
+      <c r="G59" t="s">
+        <v>47</v>
+      </c>
+      <c r="H59" t="s">
+        <v>170</v>
+      </c>
+      <c r="I59" t="s">
+        <v>186</v>
+      </c>
+      <c r="J59" t="s">
+        <v>187</v>
+      </c>
+      <c r="K59" t="s">
+        <v>188</v>
+      </c>
+      <c r="L59" t="s">
+        <v>187</v>
+      </c>
+      <c r="M59" t="s">
+        <v>51</v>
+      </c>
+      <c r="N59" t="s">
+        <v>174</v>
+      </c>
+      <c r="O59">
+        <v>425</v>
+      </c>
+      <c r="P59" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>70</v>
+      </c>
+      <c r="R59" t="s">
+        <v>70</v>
+      </c>
+      <c r="S59"/>
+      <c r="T59">
+        <v>0.0795</v>
+      </c>
+      <c r="U59">
+        <v>0.164</v>
+      </c>
+      <c r="V59"/>
+      <c r="W59">
+        <v>0.321</v>
+      </c>
+      <c r="X59" t="s">
+        <v>189</v>
+      </c>
+      <c r="Y59"/>
+      <c r="Z59" t="s">
+        <v>190</v>
+      </c>
+      <c r="AA59" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="60" spans="1:27">
+      <c r="A60"/>
+      <c r="B60" t="s">
+        <v>27</v>
+      </c>
+      <c r="C60" t="s">
+        <v>28</v>
+      </c>
+      <c r="D60" t="s">
+        <v>45</v>
+      </c>
+      <c r="E60">
+        <v>2018</v>
+      </c>
+      <c r="F60" t="s">
+        <v>169</v>
+      </c>
+      <c r="G60" t="s">
+        <v>47</v>
+      </c>
+      <c r="H60" t="s">
+        <v>170</v>
+      </c>
+      <c r="I60" t="s">
         <v>191</v>
       </c>
-      <c r="AA47" t="s">
-        <v>94</v>
+      <c r="J60" t="s">
+        <v>192</v>
+      </c>
+      <c r="K60" t="s">
+        <v>193</v>
+      </c>
+      <c r="L60" t="s">
+        <v>192</v>
+      </c>
+      <c r="M60" t="s">
+        <v>51</v>
+      </c>
+      <c r="N60" t="s">
+        <v>174</v>
+      </c>
+      <c r="O60">
+        <v>425</v>
+      </c>
+      <c r="P60" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>70</v>
+      </c>
+      <c r="R60" t="s">
+        <v>70</v>
+      </c>
+      <c r="S60"/>
+      <c r="T60"/>
+      <c r="U60"/>
+      <c r="V60"/>
+      <c r="W60"/>
+      <c r="X60" t="s">
+        <v>194</v>
+      </c>
+      <c r="Y60"/>
+      <c r="Z60" t="s">
+        <v>195</v>
+      </c>
+      <c r="AA60" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="61" spans="1:27">
+      <c r="A61"/>
+      <c r="B61" t="s">
+        <v>27</v>
+      </c>
+      <c r="C61" t="s">
+        <v>28</v>
+      </c>
+      <c r="D61" t="s">
+        <v>45</v>
+      </c>
+      <c r="E61">
+        <v>2018</v>
+      </c>
+      <c r="F61" t="s">
+        <v>169</v>
+      </c>
+      <c r="G61" t="s">
+        <v>47</v>
+      </c>
+      <c r="H61" t="s">
+        <v>170</v>
+      </c>
+      <c r="I61" t="s">
+        <v>196</v>
+      </c>
+      <c r="J61" t="s">
+        <v>197</v>
+      </c>
+      <c r="K61" t="s">
+        <v>198</v>
+      </c>
+      <c r="L61" t="s">
+        <v>197</v>
+      </c>
+      <c r="M61" t="s">
+        <v>51</v>
+      </c>
+      <c r="N61" t="s">
+        <v>174</v>
+      </c>
+      <c r="O61">
+        <v>425</v>
+      </c>
+      <c r="P61" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>70</v>
+      </c>
+      <c r="R61" t="s">
+        <v>70</v>
+      </c>
+      <c r="S61"/>
+      <c r="T61">
+        <v>0.028</v>
+      </c>
+      <c r="U61">
+        <v>0.0447</v>
+      </c>
+      <c r="V61"/>
+      <c r="W61">
+        <v>0.0981</v>
+      </c>
+      <c r="X61" t="s">
+        <v>199</v>
+      </c>
+      <c r="Y61"/>
+      <c r="Z61" t="s">
+        <v>200</v>
+      </c>
+      <c r="AA61" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="62" spans="1:27">
+      <c r="A62"/>
+      <c r="B62" t="s">
+        <v>27</v>
+      </c>
+      <c r="C62" t="s">
+        <v>28</v>
+      </c>
+      <c r="D62" t="s">
+        <v>45</v>
+      </c>
+      <c r="E62">
+        <v>2018</v>
+      </c>
+      <c r="F62" t="s">
+        <v>169</v>
+      </c>
+      <c r="G62" t="s">
+        <v>47</v>
+      </c>
+      <c r="H62" t="s">
+        <v>170</v>
+      </c>
+      <c r="I62" t="s">
+        <v>201</v>
+      </c>
+      <c r="J62" t="s">
+        <v>202</v>
+      </c>
+      <c r="K62" t="s">
+        <v>203</v>
+      </c>
+      <c r="L62" t="s">
+        <v>202</v>
+      </c>
+      <c r="M62" t="s">
+        <v>51</v>
+      </c>
+      <c r="N62" t="s">
+        <v>174</v>
+      </c>
+      <c r="O62">
+        <v>425</v>
+      </c>
+      <c r="P62">
+        <v>0.689</v>
+      </c>
+      <c r="Q62">
+        <v>0.585</v>
+      </c>
+      <c r="R62">
+        <v>0.813</v>
+      </c>
+      <c r="S62">
+        <v>0.418</v>
+      </c>
+      <c r="T62">
+        <v>0.787</v>
+      </c>
+      <c r="U62">
+        <v>1.23</v>
+      </c>
+      <c r="V62"/>
+      <c r="W62">
+        <v>2.39</v>
+      </c>
+      <c r="X62" t="s">
+        <v>204</v>
+      </c>
+      <c r="Y62"/>
+      <c r="Z62" t="s">
+        <v>205</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="63" spans="1:27">
+      <c r="A63"/>
+      <c r="B63" t="s">
+        <v>27</v>
+      </c>
+      <c r="C63" t="s">
+        <v>28</v>
+      </c>
+      <c r="D63" t="s">
+        <v>45</v>
+      </c>
+      <c r="E63">
+        <v>2018</v>
+      </c>
+      <c r="F63" t="s">
+        <v>169</v>
+      </c>
+      <c r="G63" t="s">
+        <v>47</v>
+      </c>
+      <c r="H63" t="s">
+        <v>170</v>
+      </c>
+      <c r="I63" t="s">
+        <v>206</v>
+      </c>
+      <c r="J63" t="s">
+        <v>207</v>
+      </c>
+      <c r="K63" t="s">
+        <v>208</v>
+      </c>
+      <c r="L63" t="s">
+        <v>207</v>
+      </c>
+      <c r="M63" t="s">
+        <v>51</v>
+      </c>
+      <c r="N63" t="s">
+        <v>174</v>
+      </c>
+      <c r="O63">
+        <v>425</v>
+      </c>
+      <c r="P63">
+        <v>0.298</v>
+      </c>
+      <c r="Q63">
+        <v>0.263</v>
+      </c>
+      <c r="R63">
+        <v>0.339</v>
+      </c>
+      <c r="S63">
+        <v>0.195</v>
+      </c>
+      <c r="T63">
+        <v>0.32</v>
+      </c>
+      <c r="U63">
+        <v>0.471</v>
+      </c>
+      <c r="V63"/>
+      <c r="W63">
+        <v>1.16</v>
+      </c>
+      <c r="X63" t="s">
+        <v>209</v>
+      </c>
+      <c r="Y63"/>
+      <c r="Z63" t="s">
+        <v>210</v>
+      </c>
+      <c r="AA63" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="64" spans="1:27">
+      <c r="A64"/>
+      <c r="B64" t="s">
+        <v>27</v>
+      </c>
+      <c r="C64" t="s">
+        <v>28</v>
+      </c>
+      <c r="D64" t="s">
+        <v>45</v>
+      </c>
+      <c r="E64">
+        <v>2018</v>
+      </c>
+      <c r="F64" t="s">
+        <v>169</v>
+      </c>
+      <c r="G64" t="s">
+        <v>47</v>
+      </c>
+      <c r="H64" t="s">
+        <v>170</v>
+      </c>
+      <c r="I64" t="s">
+        <v>211</v>
+      </c>
+      <c r="J64" t="s">
+        <v>212</v>
+      </c>
+      <c r="K64" t="s">
+        <v>213</v>
+      </c>
+      <c r="L64" t="s">
+        <v>212</v>
+      </c>
+      <c r="M64" t="s">
+        <v>51</v>
+      </c>
+      <c r="N64" t="s">
+        <v>174</v>
+      </c>
+      <c r="O64">
+        <v>425</v>
+      </c>
+      <c r="P64">
+        <v>1.04</v>
+      </c>
+      <c r="Q64">
+        <v>0.92</v>
+      </c>
+      <c r="R64">
+        <v>1.17</v>
+      </c>
+      <c r="S64">
+        <v>0.732</v>
+      </c>
+      <c r="T64">
+        <v>1.17</v>
+      </c>
+      <c r="U64">
+        <v>1.52</v>
+      </c>
+      <c r="V64"/>
+      <c r="W64">
+        <v>3.06</v>
+      </c>
+      <c r="X64" t="s">
+        <v>135</v>
+      </c>
+      <c r="Y64"/>
+      <c r="Z64" t="s">
+        <v>214</v>
+      </c>
+      <c r="AA64" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="65" spans="1:27">
+      <c r="A65"/>
+      <c r="B65" t="s">
+        <v>27</v>
+      </c>
+      <c r="C65" t="s">
+        <v>28</v>
+      </c>
+      <c r="D65" t="s">
+        <v>45</v>
+      </c>
+      <c r="E65">
+        <v>2018</v>
+      </c>
+      <c r="F65" t="s">
+        <v>169</v>
+      </c>
+      <c r="G65" t="s">
+        <v>47</v>
+      </c>
+      <c r="H65" t="s">
+        <v>170</v>
+      </c>
+      <c r="I65" t="s">
+        <v>215</v>
+      </c>
+      <c r="J65" t="s">
+        <v>216</v>
+      </c>
+      <c r="K65" t="s">
+        <v>217</v>
+      </c>
+      <c r="L65" t="s">
+        <v>216</v>
+      </c>
+      <c r="M65" t="s">
+        <v>51</v>
+      </c>
+      <c r="N65" t="s">
+        <v>174</v>
+      </c>
+      <c r="O65">
+        <v>425</v>
+      </c>
+      <c r="P65">
+        <v>2.2</v>
+      </c>
+      <c r="Q65">
+        <v>1.87</v>
+      </c>
+      <c r="R65">
+        <v>2.6</v>
+      </c>
+      <c r="S65">
+        <v>1.41</v>
+      </c>
+      <c r="T65">
+        <v>2.38</v>
+      </c>
+      <c r="U65">
+        <v>3.91</v>
+      </c>
+      <c r="V65"/>
+      <c r="W65">
+        <v>8.78</v>
+      </c>
+      <c r="X65" t="s">
+        <v>218</v>
+      </c>
+      <c r="Y65"/>
+      <c r="Z65" t="s">
+        <v>219</v>
+      </c>
+      <c r="AA65" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="66" spans="1:27">
+      <c r="A66"/>
+      <c r="B66" t="s">
+        <v>27</v>
+      </c>
+      <c r="C66" t="s">
+        <v>28</v>
+      </c>
+      <c r="D66" t="s">
+        <v>45</v>
+      </c>
+      <c r="E66">
+        <v>2018</v>
+      </c>
+      <c r="F66" t="s">
+        <v>169</v>
+      </c>
+      <c r="G66" t="s">
+        <v>47</v>
+      </c>
+      <c r="H66" t="s">
+        <v>170</v>
+      </c>
+      <c r="I66" t="s">
+        <v>220</v>
+      </c>
+      <c r="J66" t="s">
+        <v>221</v>
+      </c>
+      <c r="K66" t="s">
+        <v>222</v>
+      </c>
+      <c r="L66" t="s">
+        <v>221</v>
+      </c>
+      <c r="M66" t="s">
+        <v>51</v>
+      </c>
+      <c r="N66" t="s">
+        <v>174</v>
+      </c>
+      <c r="O66">
+        <v>425</v>
+      </c>
+      <c r="P66" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>70</v>
+      </c>
+      <c r="R66" t="s">
+        <v>70</v>
+      </c>
+      <c r="S66"/>
+      <c r="T66"/>
+      <c r="U66">
+        <v>0.0152</v>
+      </c>
+      <c r="V66"/>
+      <c r="W66">
+        <v>0.0611</v>
+      </c>
+      <c r="X66" t="s">
+        <v>223</v>
+      </c>
+      <c r="Y66"/>
+      <c r="Z66" t="s">
+        <v>224</v>
+      </c>
+      <c r="AA66" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="67" spans="1:27">
+      <c r="A67"/>
+      <c r="B67" t="s">
+        <v>27</v>
+      </c>
+      <c r="C67" t="s">
+        <v>28</v>
+      </c>
+      <c r="D67" t="s">
+        <v>45</v>
+      </c>
+      <c r="E67">
+        <v>2018</v>
+      </c>
+      <c r="F67" t="s">
+        <v>169</v>
+      </c>
+      <c r="G67" t="s">
+        <v>47</v>
+      </c>
+      <c r="H67" t="s">
+        <v>170</v>
+      </c>
+      <c r="I67" t="s">
+        <v>225</v>
+      </c>
+      <c r="J67" t="s">
+        <v>226</v>
+      </c>
+      <c r="K67" t="s">
+        <v>227</v>
+      </c>
+      <c r="L67" t="s">
+        <v>226</v>
+      </c>
+      <c r="M67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N67" t="s">
+        <v>174</v>
+      </c>
+      <c r="O67">
+        <v>425</v>
+      </c>
+      <c r="P67">
+        <v>0.0721</v>
+      </c>
+      <c r="Q67">
+        <v>0.0619</v>
+      </c>
+      <c r="R67">
+        <v>0.084</v>
+      </c>
+      <c r="S67">
+        <v>0.0336</v>
+      </c>
+      <c r="T67">
+        <v>0.0735</v>
+      </c>
+      <c r="U67">
+        <v>0.136</v>
+      </c>
+      <c r="V67"/>
+      <c r="W67">
+        <v>0.35</v>
+      </c>
+      <c r="X67" t="s">
+        <v>228</v>
+      </c>
+      <c r="Y67"/>
+      <c r="Z67" t="s">
+        <v>229</v>
+      </c>
+      <c r="AA67" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>