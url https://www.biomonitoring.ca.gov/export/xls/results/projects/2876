--- v1 (2026-01-07)
+++ v2 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
   <si>
     <t>Time Period</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
     <t>Study Group</t>
   </si>
   <si>
     <t>Study Group Subset</t>
   </si>
   <si>
     <t>Sample Collection Date</t>
   </si>
   <si>
     <t>Chemical Group</t>
   </si>
   <si>
     <t>Weighted - Unweighted</t>
   </si>
   <si>
     <t>Measured in</t>
   </si>
   <si>
@@ -212,152 +212,173 @@
   <si>
     <t>2,010</t>
   </si>
   <si>
     <t>Bisphenol A (BPA)</t>
   </si>
   <si>
     <t>BPA</t>
   </si>
   <si>
     <t>80-05-7</t>
   </si>
   <si>
     <t>Bisphenol A</t>
   </si>
   <si>
     <t>77.5%</t>
   </si>
   <si>
     <t>0.100 ng/ml</t>
   </si>
   <si>
     <t>▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.</t>
   </si>
   <si>
+    <t>78.4%</t>
+  </si>
+  <si>
     <t>Bisphenol F (BPF)</t>
   </si>
   <si>
     <t>BPF</t>
   </si>
   <si>
     <t>620-92-8</t>
   </si>
   <si>
     <t>Bisphenol F</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t>&lt; LOD</t>
   </si>
   <si>
     <t>27.6%</t>
   </si>
   <si>
     <t>0.200 ng/ml</t>
   </si>
   <si>
     <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; ▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.</t>
   </si>
   <si>
+    <t>26.7%</t>
+  </si>
+  <si>
     <t>Bisphenol S (BPS)</t>
   </si>
   <si>
     <t>BPS</t>
   </si>
   <si>
     <t>80-09-1</t>
   </si>
   <si>
     <t>Bisphenol S</t>
   </si>
   <si>
     <t>75.8%</t>
   </si>
   <si>
     <t>0.100 and 0.200 ng/ml**</t>
   </si>
   <si>
+    <t>76.8%</t>
+  </si>
+  <si>
     <t>Ethyl paraben</t>
   </si>
   <si>
     <t>120-47-8</t>
   </si>
   <si>
     <t>34.6%</t>
   </si>
   <si>
     <t>0.200 and 0.500 ng/ml**</t>
   </si>
   <si>
     <t>*Geometric mean was not calculated because the chemical was found in less than 65% of the study group.; ▶CARE-LA data were weighted (a statistical method to adjust over-represented and under-represented demographic characteristics in a study sample) so that the summary results adequately reflect the population of California’s Los Angeles County. Unweighted results are available to download on the California Regional Exposure Study, Los Angeles County (CARE-LA) project page.; **LOD changed during the time that samples were analyzed for this project.</t>
   </si>
   <si>
+    <t>35.1%</t>
+  </si>
+  <si>
     <t>Methyl paraben</t>
   </si>
   <si>
     <t>99-76-3</t>
   </si>
   <si>
     <t>83.3%</t>
   </si>
   <si>
     <t>0.500 ng/ml</t>
   </si>
   <si>
     <t>Propyl paraben</t>
   </si>
   <si>
     <t>94-13-3</t>
   </si>
   <si>
     <t>66.1%</t>
   </si>
   <si>
+    <t>65.6%</t>
+  </si>
+  <si>
     <t>Triclocarban</t>
   </si>
   <si>
     <t>101-20-2</t>
   </si>
   <si>
     <t>15.5%</t>
   </si>
   <si>
+    <t>14.4%</t>
+  </si>
+  <si>
     <t>Triclosan</t>
   </si>
   <si>
     <t>3380-34-5</t>
   </si>
   <si>
     <t>51.0%</t>
   </si>
   <si>
     <t>0.200 and 1.000 ng/ml**</t>
   </si>
   <si>
+    <t>51.8%</t>
+  </si>
+  <si>
     <t>Metals</t>
   </si>
   <si>
     <t>Blood</t>
   </si>
   <si>
     <t>Cadmium</t>
   </si>
   <si>
     <t>7440-43-9</t>
   </si>
   <si>
     <t>µg/L</t>
   </si>
   <si>
     <t>99.6%</t>
   </si>
   <si>
     <t>0.0750 µg/L</t>
   </si>
   <si>
     <t>Lead</t>
   </si>
   <si>
     <t>7439-92-1</t>
@@ -681,53 +702,50 @@
     <t>0.0606  ng/mL</t>
   </si>
   <si>
     <t>Perfluorooctane sulfonic acid (PFOS)</t>
   </si>
   <si>
     <t>PFOS</t>
   </si>
   <si>
     <t>1763-23-1</t>
   </si>
   <si>
     <t>98.0%</t>
   </si>
   <si>
     <t>0.0615  ng/mL</t>
   </si>
   <si>
     <t>Perfluorooctane sulfonamide (PFOSA)</t>
   </si>
   <si>
     <t>PFOSA</t>
   </si>
   <si>
     <t>754-91-6</t>
-  </si>
-[...1 lines deleted...]
-    <t>26.7%</t>
   </si>
   <si>
     <t>0.0144  ng/mL</t>
   </si>
   <si>
     <t>Perfluoroundecanoic acid (PFUnDA)</t>
   </si>
   <si>
     <t>PFUnDA</t>
   </si>
   <si>
     <t>2058-94-8</t>
   </si>
   <si>
     <t>77.6%</t>
   </si>
   <si>
     <t>0.0285  ng/mL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1434,51 +1452,51 @@
       <c r="G5" t="s">
         <v>47</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
       <c r="I5" t="s">
         <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>50</v>
       </c>
       <c r="L5" t="s">
         <v>49</v>
       </c>
       <c r="M5" t="s">
         <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>57</v>
       </c>
       <c r="O5">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="P5">
         <v>35.3</v>
       </c>
       <c r="Q5">
         <v>24.8</v>
       </c>
       <c r="R5">
         <v>50.2</v>
       </c>
       <c r="S5">
         <v>8.33</v>
       </c>
       <c r="T5">
         <v>26.7</v>
       </c>
       <c r="U5">
         <v>113</v>
       </c>
       <c r="V5"/>
       <c r="W5" t="s">
         <v>58</v>
       </c>
       <c r="X5" t="s">
         <v>53</v>
@@ -1588,4674 +1606,4674 @@
       <c r="G7" t="s">
         <v>47</v>
       </c>
       <c r="H7" t="s">
         <v>32</v>
       </c>
       <c r="I7" t="s">
         <v>59</v>
       </c>
       <c r="J7" t="s">
         <v>60</v>
       </c>
       <c r="K7" t="s">
         <v>61</v>
       </c>
       <c r="L7" t="s">
         <v>62</v>
       </c>
       <c r="M7" t="s">
         <v>56</v>
       </c>
       <c r="N7" t="s">
         <v>57</v>
       </c>
       <c r="O7">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="P7">
         <v>0.584</v>
       </c>
       <c r="Q7">
         <v>0.49</v>
       </c>
       <c r="R7">
         <v>0.696</v>
       </c>
       <c r="S7">
         <v>0.259</v>
       </c>
       <c r="T7">
         <v>0.61</v>
       </c>
       <c r="U7">
         <v>1.13</v>
       </c>
       <c r="V7"/>
       <c r="W7">
         <v>4.15</v>
       </c>
       <c r="X7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="Y7"/>
       <c r="Z7" t="s">
         <v>64</v>
       </c>
       <c r="AA7" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:27">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>27</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8">
         <v>2018</v>
       </c>
       <c r="F8" t="s">
         <v>46</v>
       </c>
       <c r="G8" t="s">
         <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>32</v>
       </c>
       <c r="I8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M8" t="s">
         <v>51</v>
       </c>
       <c r="N8" t="s">
         <v>52</v>
       </c>
       <c r="O8">
         <v>406</v>
       </c>
       <c r="P8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U8">
         <v>0.228</v>
       </c>
       <c r="V8"/>
       <c r="W8">
         <v>5.91</v>
       </c>
       <c r="X8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Y8"/>
       <c r="Z8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AA8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:27">
       <c r="A9"/>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="E9">
         <v>2018</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" t="s">
         <v>47</v>
       </c>
       <c r="H9" t="s">
         <v>32</v>
       </c>
       <c r="I9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M9" t="s">
         <v>56</v>
       </c>
       <c r="N9" t="s">
         <v>57</v>
       </c>
       <c r="O9">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="P9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U9">
         <v>0.773</v>
       </c>
       <c r="V9"/>
       <c r="W9">
         <v>4.47</v>
       </c>
       <c r="X9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="Y9"/>
       <c r="Z9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AA9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:27">
       <c r="A10"/>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>45</v>
       </c>
       <c r="E10">
         <v>2018</v>
       </c>
       <c r="F10" t="s">
         <v>46</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10" t="s">
         <v>32</v>
       </c>
       <c r="I10" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="J10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="K10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="L10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="M10" t="s">
         <v>51</v>
       </c>
       <c r="N10" t="s">
         <v>52</v>
       </c>
       <c r="O10">
         <v>406</v>
       </c>
       <c r="P10">
         <v>0.612</v>
       </c>
       <c r="Q10">
         <v>0.474</v>
       </c>
       <c r="R10">
         <v>0.791</v>
       </c>
       <c r="S10">
         <v>0.141</v>
       </c>
       <c r="T10">
         <v>0.701</v>
       </c>
       <c r="U10">
         <v>1.82</v>
       </c>
       <c r="V10"/>
       <c r="W10">
         <v>6.86</v>
       </c>
       <c r="X10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="Y10"/>
       <c r="Z10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AA10" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:27">
       <c r="A11"/>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>45</v>
       </c>
       <c r="E11">
         <v>2018</v>
       </c>
       <c r="F11" t="s">
         <v>46</v>
       </c>
       <c r="G11" t="s">
         <v>47</v>
       </c>
       <c r="H11" t="s">
         <v>32</v>
       </c>
       <c r="I11" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="J11" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="K11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="L11" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="M11" t="s">
         <v>56</v>
       </c>
       <c r="N11" t="s">
         <v>57</v>
       </c>
       <c r="O11">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="P11">
         <v>0.802</v>
       </c>
       <c r="Q11">
         <v>0.638</v>
       </c>
       <c r="R11">
         <v>1.01</v>
       </c>
       <c r="S11">
         <v>0.349</v>
       </c>
       <c r="T11">
         <v>0.885</v>
       </c>
       <c r="U11">
         <v>1.79</v>
       </c>
       <c r="V11"/>
       <c r="W11">
         <v>8.01</v>
       </c>
       <c r="X11" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="Y11"/>
       <c r="Z11" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AA11" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:27">
       <c r="A12"/>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12" t="s">
         <v>45</v>
       </c>
       <c r="E12">
         <v>2018</v>
       </c>
       <c r="F12" t="s">
         <v>46</v>
       </c>
       <c r="G12" t="s">
         <v>47</v>
       </c>
       <c r="H12" t="s">
         <v>32</v>
       </c>
       <c r="I12" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="J12" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="K12" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="L12" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="M12" t="s">
         <v>51</v>
       </c>
       <c r="N12" t="s">
         <v>52</v>
       </c>
       <c r="O12">
         <v>406</v>
       </c>
       <c r="P12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U12">
         <v>2.45</v>
       </c>
       <c r="V12"/>
       <c r="W12">
         <v>66.7</v>
       </c>
       <c r="X12" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="Y12"/>
       <c r="Z12" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="AA12" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:27">
       <c r="A13"/>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13" t="s">
         <v>45</v>
       </c>
       <c r="E13">
         <v>2018</v>
       </c>
       <c r="F13" t="s">
         <v>46</v>
       </c>
       <c r="G13" t="s">
         <v>47</v>
       </c>
       <c r="H13" t="s">
         <v>32</v>
       </c>
       <c r="I13" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="J13" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="K13" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="L13" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="M13" t="s">
         <v>56</v>
       </c>
       <c r="N13" t="s">
         <v>57</v>
       </c>
       <c r="O13">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="P13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U13">
         <v>2.27</v>
       </c>
       <c r="V13"/>
       <c r="W13">
         <v>73.8</v>
       </c>
       <c r="X13" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="Y13"/>
       <c r="Z13" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="AA13" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="14" spans="1:27">
       <c r="A14"/>
       <c r="B14" t="s">
         <v>27</v>
       </c>
       <c r="C14" t="s">
         <v>28</v>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14">
         <v>2018</v>
       </c>
       <c r="F14" t="s">
         <v>46</v>
       </c>
       <c r="G14" t="s">
         <v>47</v>
       </c>
       <c r="H14" t="s">
         <v>32</v>
       </c>
       <c r="I14" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="J14" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="K14" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="L14" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="M14" t="s">
         <v>51</v>
       </c>
       <c r="N14" t="s">
         <v>52</v>
       </c>
       <c r="O14">
         <v>406</v>
       </c>
       <c r="P14">
         <v>13.7</v>
       </c>
       <c r="Q14">
         <v>9.67</v>
       </c>
       <c r="R14">
         <v>19.5</v>
       </c>
       <c r="S14">
         <v>2.97</v>
       </c>
       <c r="T14">
         <v>18.9</v>
       </c>
       <c r="U14">
         <v>78.2</v>
       </c>
       <c r="V14"/>
       <c r="W14">
         <v>389</v>
       </c>
       <c r="X14" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="Y14"/>
       <c r="Z14" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="AA14" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:27">
       <c r="A15"/>
       <c r="B15" t="s">
         <v>27</v>
       </c>
       <c r="C15" t="s">
         <v>28</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
       <c r="E15">
         <v>2018</v>
       </c>
       <c r="F15" t="s">
         <v>46</v>
       </c>
       <c r="G15" t="s">
         <v>47</v>
       </c>
       <c r="H15" t="s">
         <v>32</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="J15" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="K15" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="L15" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="M15" t="s">
         <v>56</v>
       </c>
       <c r="N15" t="s">
         <v>57</v>
       </c>
       <c r="O15">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="P15">
         <v>18.4</v>
       </c>
       <c r="Q15">
         <v>13.4</v>
       </c>
       <c r="R15">
         <v>25.2</v>
       </c>
       <c r="S15">
         <v>4.05</v>
       </c>
       <c r="T15">
         <v>26.0</v>
       </c>
       <c r="U15">
         <v>103</v>
       </c>
       <c r="V15"/>
       <c r="W15">
         <v>254</v>
       </c>
       <c r="X15" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="Y15"/>
       <c r="Z15" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="AA15" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:27">
       <c r="A16"/>
       <c r="B16" t="s">
         <v>27</v>
       </c>
       <c r="C16" t="s">
         <v>28</v>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
       <c r="E16">
         <v>2018</v>
       </c>
       <c r="F16" t="s">
         <v>46</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16" t="s">
         <v>32</v>
       </c>
       <c r="I16" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="J16" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="K16" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="L16" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="M16" t="s">
         <v>51</v>
       </c>
       <c r="N16" t="s">
         <v>52</v>
       </c>
       <c r="O16">
         <v>406</v>
       </c>
       <c r="P16">
         <v>2.68</v>
       </c>
       <c r="Q16">
         <v>1.77</v>
       </c>
       <c r="R16">
         <v>4.07</v>
       </c>
       <c r="S16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T16">
         <v>2.29</v>
       </c>
       <c r="U16">
         <v>23.6</v>
       </c>
       <c r="V16"/>
       <c r="W16">
         <v>158</v>
       </c>
       <c r="X16" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="Y16"/>
       <c r="Z16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AA16" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:27">
       <c r="A17"/>
       <c r="B17" t="s">
         <v>27</v>
       </c>
       <c r="C17" t="s">
         <v>28</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17">
         <v>2018</v>
       </c>
       <c r="F17" t="s">
         <v>46</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17" t="s">
         <v>32</v>
       </c>
       <c r="I17" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="J17" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="K17" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="L17" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="M17" t="s">
         <v>56</v>
       </c>
       <c r="N17" t="s">
         <v>57</v>
       </c>
       <c r="O17">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="P17">
         <v>3.5</v>
       </c>
       <c r="Q17">
         <v>2.33</v>
       </c>
       <c r="R17">
         <v>5.28</v>
       </c>
       <c r="S17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T17">
         <v>3.57</v>
       </c>
       <c r="U17">
         <v>35.7</v>
       </c>
       <c r="V17"/>
       <c r="W17">
         <v>146</v>
       </c>
       <c r="X17" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="Y17"/>
       <c r="Z17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AA17" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:27">
       <c r="A18"/>
       <c r="B18" t="s">
         <v>27</v>
       </c>
       <c r="C18" t="s">
         <v>28</v>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18">
         <v>2018</v>
       </c>
       <c r="F18" t="s">
         <v>46</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18" t="s">
         <v>32</v>
       </c>
       <c r="I18" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="J18" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="K18" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="L18" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="M18" t="s">
         <v>51</v>
       </c>
       <c r="N18" t="s">
         <v>52</v>
       </c>
       <c r="O18">
         <v>406</v>
       </c>
       <c r="P18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S18" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T18" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U18" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="V18"/>
       <c r="W18">
         <v>0.301</v>
       </c>
       <c r="X18" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="Y18"/>
       <c r="Z18" t="s">
         <v>64</v>
       </c>
       <c r="AA18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:27">
       <c r="A19"/>
       <c r="B19" t="s">
         <v>27</v>
       </c>
       <c r="C19" t="s">
         <v>28</v>
       </c>
       <c r="D19" t="s">
         <v>45</v>
       </c>
       <c r="E19">
         <v>2018</v>
       </c>
       <c r="F19" t="s">
         <v>46</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19" t="s">
         <v>32</v>
       </c>
       <c r="I19" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="J19" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="K19" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="L19" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="M19" t="s">
         <v>56</v>
       </c>
       <c r="N19" t="s">
         <v>57</v>
       </c>
       <c r="O19">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="P19" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q19" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R19" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="V19"/>
       <c r="W19">
         <v>0.808</v>
       </c>
       <c r="X19" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="Y19"/>
       <c r="Z19" t="s">
         <v>64</v>
       </c>
       <c r="AA19" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:27">
       <c r="A20"/>
       <c r="B20" t="s">
         <v>27</v>
       </c>
       <c r="C20" t="s">
         <v>28</v>
       </c>
       <c r="D20" t="s">
         <v>45</v>
       </c>
       <c r="E20">
         <v>2018</v>
       </c>
       <c r="F20" t="s">
         <v>46</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20" t="s">
         <v>32</v>
       </c>
       <c r="I20" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="J20" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="K20" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="L20" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="M20" t="s">
         <v>51</v>
       </c>
       <c r="N20" t="s">
         <v>52</v>
       </c>
       <c r="O20">
         <v>406</v>
       </c>
       <c r="P20" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q20" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R20" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S20" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T20">
         <v>0.705</v>
       </c>
       <c r="U20">
         <v>6.52</v>
       </c>
       <c r="V20"/>
       <c r="W20">
         <v>528</v>
       </c>
       <c r="X20" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="Y20"/>
       <c r="Z20" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="AA20" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:27">
       <c r="A21"/>
       <c r="B21" t="s">
         <v>27</v>
       </c>
       <c r="C21" t="s">
         <v>28</v>
       </c>
       <c r="D21" t="s">
         <v>45</v>
       </c>
       <c r="E21">
         <v>2018</v>
       </c>
       <c r="F21" t="s">
         <v>46</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
       <c r="H21" t="s">
         <v>32</v>
       </c>
       <c r="I21" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="J21" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="K21" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="L21" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="M21" t="s">
         <v>56</v>
       </c>
       <c r="N21" t="s">
         <v>57</v>
       </c>
       <c r="O21">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="P21" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q21" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R21" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S21" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T21">
         <v>1.81</v>
       </c>
       <c r="U21">
         <v>9.23</v>
       </c>
       <c r="V21"/>
       <c r="W21">
         <v>758</v>
       </c>
       <c r="X21" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="Y21"/>
       <c r="Z21" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="AA21" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:27">
       <c r="A22"/>
       <c r="B22" t="s">
         <v>27</v>
       </c>
       <c r="C22" t="s">
         <v>28</v>
       </c>
       <c r="D22" t="s">
         <v>45</v>
       </c>
       <c r="E22">
         <v>2018</v>
       </c>
       <c r="F22" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G22" t="s">
         <v>47</v>
       </c>
       <c r="H22" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="I22" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="J22" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="K22" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="L22" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="M22" t="s">
         <v>51</v>
       </c>
       <c r="N22" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O22">
         <v>425</v>
       </c>
       <c r="P22">
         <v>0.258</v>
       </c>
       <c r="Q22">
         <v>0.232</v>
       </c>
       <c r="R22">
         <v>0.286</v>
       </c>
       <c r="S22">
         <v>0.173</v>
       </c>
       <c r="T22">
         <v>0.248</v>
       </c>
       <c r="U22">
         <v>0.357</v>
       </c>
       <c r="V22"/>
       <c r="W22">
         <v>0.785</v>
       </c>
       <c r="X22" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="Y22"/>
       <c r="Z22" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="AA22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:27">
       <c r="A23"/>
       <c r="B23" t="s">
         <v>27</v>
       </c>
       <c r="C23" t="s">
         <v>28</v>
       </c>
       <c r="D23" t="s">
         <v>45</v>
       </c>
       <c r="E23">
         <v>2018</v>
       </c>
       <c r="F23" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G23" t="s">
         <v>47</v>
       </c>
       <c r="H23" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="I23" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="J23" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="K23" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="L23" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="M23" t="s">
         <v>51</v>
       </c>
       <c r="N23" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="O23">
         <v>425</v>
       </c>
       <c r="P23">
         <v>0.768</v>
       </c>
       <c r="Q23">
         <v>0.683</v>
       </c>
       <c r="R23">
         <v>0.862</v>
       </c>
       <c r="S23">
         <v>0.48</v>
       </c>
       <c r="T23">
         <v>0.73</v>
       </c>
       <c r="U23">
         <v>1.26</v>
       </c>
       <c r="V23"/>
       <c r="W23">
         <v>2.32</v>
       </c>
       <c r="X23" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y23"/>
       <c r="Z23" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="AA23" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:27">
       <c r="A24"/>
       <c r="B24" t="s">
         <v>27</v>
       </c>
       <c r="C24" t="s">
         <v>28</v>
       </c>
       <c r="D24" t="s">
         <v>45</v>
       </c>
       <c r="E24">
         <v>2018</v>
       </c>
       <c r="F24" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G24" t="s">
         <v>47</v>
       </c>
       <c r="H24" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="I24" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="J24" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="K24" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L24" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="M24" t="s">
         <v>51</v>
       </c>
       <c r="N24" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O24">
         <v>425</v>
       </c>
       <c r="P24">
         <v>10.6</v>
       </c>
       <c r="Q24">
         <v>10.1</v>
       </c>
       <c r="R24">
         <v>11.2</v>
       </c>
       <c r="S24">
         <v>8.38</v>
       </c>
       <c r="T24">
         <v>10.4</v>
       </c>
       <c r="U24">
         <v>12.6</v>
       </c>
       <c r="V24"/>
       <c r="W24">
         <v>20.3</v>
       </c>
       <c r="X24" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y24"/>
       <c r="Z24" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="AA24" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:27">
       <c r="A25"/>
       <c r="B25" t="s">
         <v>27</v>
       </c>
       <c r="C25" t="s">
         <v>28</v>
       </c>
       <c r="D25" t="s">
         <v>45</v>
       </c>
       <c r="E25">
         <v>2018</v>
       </c>
       <c r="F25" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G25" t="s">
         <v>47</v>
       </c>
       <c r="H25" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="I25" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="J25" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="K25" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="L25" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="M25" t="s">
         <v>51</v>
       </c>
       <c r="N25" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O25">
         <v>425</v>
       </c>
       <c r="P25">
         <v>0.975</v>
       </c>
       <c r="Q25">
         <v>0.794</v>
       </c>
       <c r="R25">
         <v>1.2</v>
       </c>
       <c r="S25">
         <v>0.387</v>
       </c>
       <c r="T25">
         <v>1.04</v>
       </c>
       <c r="U25">
         <v>2.56</v>
       </c>
       <c r="V25"/>
       <c r="W25">
         <v>6.02</v>
       </c>
       <c r="X25" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="Y25"/>
       <c r="Z25" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="AA25" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:27">
       <c r="A26"/>
       <c r="B26" t="s">
         <v>27</v>
       </c>
       <c r="C26" t="s">
         <v>28</v>
       </c>
       <c r="D26" t="s">
         <v>45</v>
       </c>
       <c r="E26">
         <v>2018</v>
       </c>
       <c r="F26" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
       <c r="H26" t="s">
         <v>32</v>
       </c>
       <c r="I26" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="J26" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="K26" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L26" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="M26" t="s">
         <v>51</v>
       </c>
       <c r="N26" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O26">
         <v>428</v>
       </c>
       <c r="P26" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q26" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R26" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U26">
         <v>0.0316</v>
       </c>
       <c r="V26"/>
       <c r="W26">
         <v>0.101</v>
       </c>
       <c r="X26" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="Y26"/>
       <c r="Z26" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="AA26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:27">
       <c r="A27"/>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" t="s">
         <v>28</v>
       </c>
       <c r="D27" t="s">
         <v>45</v>
       </c>
       <c r="E27">
         <v>2018</v>
       </c>
       <c r="F27" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G27" t="s">
         <v>47</v>
       </c>
       <c r="H27" t="s">
         <v>32</v>
       </c>
       <c r="I27" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="J27" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="K27" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L27" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="M27" t="s">
         <v>56</v>
       </c>
       <c r="N27" t="s">
         <v>57</v>
       </c>
       <c r="O27">
         <v>426</v>
       </c>
       <c r="P27" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q27" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R27" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S27" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T27" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U27">
         <v>0.0676</v>
       </c>
       <c r="V27"/>
       <c r="W27">
         <v>0.18</v>
       </c>
       <c r="X27" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="Y27"/>
       <c r="Z27" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="AA27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:27">
       <c r="A28"/>
       <c r="B28" t="s">
         <v>27</v>
       </c>
       <c r="C28" t="s">
         <v>28</v>
       </c>
       <c r="D28" t="s">
         <v>45</v>
       </c>
       <c r="E28">
         <v>2018</v>
       </c>
       <c r="F28" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G28" t="s">
         <v>47</v>
       </c>
       <c r="H28" t="s">
         <v>32</v>
       </c>
       <c r="I28" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="J28" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="K28" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="L28" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M28" t="s">
         <v>51</v>
       </c>
       <c r="N28" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O28">
         <v>428</v>
       </c>
       <c r="P28">
         <v>8.06</v>
       </c>
       <c r="Q28">
         <v>6.69</v>
       </c>
       <c r="R28">
         <v>9.71</v>
       </c>
       <c r="S28">
         <v>3.63</v>
       </c>
       <c r="T28">
         <v>7.91</v>
       </c>
       <c r="U28">
         <v>16.7</v>
       </c>
       <c r="V28"/>
       <c r="W28">
         <v>67.2</v>
       </c>
       <c r="X28" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y28"/>
       <c r="Z28" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA28" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:27">
       <c r="A29"/>
       <c r="B29" t="s">
         <v>27</v>
       </c>
       <c r="C29" t="s">
         <v>28</v>
       </c>
       <c r="D29" t="s">
         <v>45</v>
       </c>
       <c r="E29">
         <v>2018</v>
       </c>
       <c r="F29" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G29" t="s">
         <v>47</v>
       </c>
       <c r="H29" t="s">
         <v>32</v>
       </c>
       <c r="I29" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="J29" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="K29" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="L29" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M29" t="s">
         <v>56</v>
       </c>
       <c r="N29" t="s">
         <v>57</v>
       </c>
       <c r="O29">
         <v>426</v>
       </c>
       <c r="P29">
         <v>10.6</v>
       </c>
       <c r="Q29">
         <v>9.06</v>
       </c>
       <c r="R29">
         <v>12.3</v>
       </c>
       <c r="S29">
         <v>5.16</v>
       </c>
       <c r="T29">
         <v>9.14</v>
       </c>
       <c r="U29">
         <v>18.8</v>
       </c>
       <c r="V29"/>
       <c r="W29">
         <v>59.7</v>
       </c>
       <c r="X29" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y29"/>
       <c r="Z29" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA29" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:27">
       <c r="A30"/>
       <c r="B30" t="s">
         <v>27</v>
       </c>
       <c r="C30" t="s">
         <v>28</v>
       </c>
       <c r="D30" t="s">
         <v>45</v>
       </c>
       <c r="E30">
         <v>2018</v>
       </c>
       <c r="F30" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G30" t="s">
         <v>47</v>
       </c>
       <c r="H30" t="s">
         <v>32</v>
       </c>
       <c r="I30" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="J30" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="K30" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="L30" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="M30" t="s">
         <v>51</v>
       </c>
       <c r="N30" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O30">
         <v>428</v>
       </c>
       <c r="P30">
         <v>0.153</v>
       </c>
       <c r="Q30">
         <v>0.13</v>
       </c>
       <c r="R30">
         <v>0.182</v>
       </c>
       <c r="S30">
         <v>0.0707</v>
       </c>
       <c r="T30">
         <v>0.169</v>
       </c>
       <c r="U30">
         <v>0.342</v>
       </c>
       <c r="V30"/>
       <c r="W30">
         <v>0.743</v>
       </c>
       <c r="X30" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y30"/>
       <c r="Z30" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="AA30" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:27">
       <c r="A31"/>
       <c r="B31" t="s">
         <v>27</v>
       </c>
       <c r="C31" t="s">
         <v>28</v>
       </c>
       <c r="D31" t="s">
         <v>45</v>
       </c>
       <c r="E31">
         <v>2018</v>
       </c>
       <c r="F31" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G31" t="s">
         <v>47</v>
       </c>
       <c r="H31" t="s">
         <v>32</v>
       </c>
       <c r="I31" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="J31" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="K31" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="L31" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="M31" t="s">
         <v>56</v>
       </c>
       <c r="N31" t="s">
         <v>57</v>
       </c>
       <c r="O31">
         <v>426</v>
       </c>
       <c r="P31">
         <v>0.199</v>
       </c>
       <c r="Q31">
         <v>0.175</v>
       </c>
       <c r="R31">
         <v>0.227</v>
       </c>
       <c r="S31">
         <v>0.115</v>
       </c>
       <c r="T31">
         <v>0.187</v>
       </c>
       <c r="U31">
         <v>0.338</v>
       </c>
       <c r="V31"/>
       <c r="W31">
         <v>0.691</v>
       </c>
       <c r="X31" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y31"/>
       <c r="Z31" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="AA31" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:27">
       <c r="A32"/>
       <c r="B32" t="s">
         <v>27</v>
       </c>
       <c r="C32" t="s">
         <v>28</v>
       </c>
       <c r="D32" t="s">
         <v>45</v>
       </c>
       <c r="E32">
         <v>2018</v>
       </c>
       <c r="F32" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G32" t="s">
         <v>47</v>
       </c>
       <c r="H32" t="s">
         <v>32</v>
       </c>
       <c r="I32" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="J32" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="K32" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L32" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="M32" t="s">
         <v>51</v>
       </c>
       <c r="N32" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O32">
         <v>428</v>
       </c>
       <c r="P32">
         <v>0.217</v>
       </c>
       <c r="Q32">
         <v>0.184</v>
       </c>
       <c r="R32">
         <v>0.256</v>
       </c>
       <c r="S32">
         <v>0.119</v>
       </c>
       <c r="T32">
         <v>0.21</v>
       </c>
       <c r="U32">
         <v>0.398</v>
       </c>
       <c r="V32"/>
       <c r="W32">
         <v>1.37</v>
       </c>
       <c r="X32" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y32"/>
       <c r="Z32" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="AA32" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:27">
       <c r="A33"/>
       <c r="B33" t="s">
         <v>27</v>
       </c>
       <c r="C33" t="s">
         <v>28</v>
       </c>
       <c r="D33" t="s">
         <v>45</v>
       </c>
       <c r="E33">
         <v>2018</v>
       </c>
       <c r="F33" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G33" t="s">
         <v>47</v>
       </c>
       <c r="H33" t="s">
         <v>32</v>
       </c>
       <c r="I33" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="J33" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="K33" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L33" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="M33" t="s">
         <v>56</v>
       </c>
       <c r="N33" t="s">
         <v>57</v>
       </c>
       <c r="O33">
         <v>426</v>
       </c>
       <c r="P33">
         <v>0.284</v>
       </c>
       <c r="Q33">
         <v>0.251</v>
       </c>
       <c r="R33">
         <v>0.321</v>
       </c>
       <c r="S33">
         <v>0.154</v>
       </c>
       <c r="T33">
         <v>0.262</v>
       </c>
       <c r="U33">
         <v>0.528</v>
       </c>
       <c r="V33"/>
       <c r="W33">
         <v>1.18</v>
       </c>
       <c r="X33" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y33"/>
       <c r="Z33" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="AA33" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="34" spans="1:27">
       <c r="A34"/>
       <c r="B34" t="s">
         <v>27</v>
       </c>
       <c r="C34" t="s">
         <v>28</v>
       </c>
       <c r="D34" t="s">
         <v>45</v>
       </c>
       <c r="E34">
         <v>2018</v>
       </c>
       <c r="F34" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G34" t="s">
         <v>47</v>
       </c>
       <c r="H34" t="s">
         <v>32</v>
       </c>
       <c r="I34" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="J34" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="K34" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L34" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="M34" t="s">
         <v>51</v>
       </c>
       <c r="N34" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O34">
         <v>428</v>
       </c>
       <c r="P34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="V34"/>
       <c r="W34">
         <v>0.174</v>
       </c>
       <c r="X34" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="Y34"/>
       <c r="Z34" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA34" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:27">
       <c r="A35"/>
       <c r="B35" t="s">
         <v>27</v>
       </c>
       <c r="C35" t="s">
         <v>28</v>
       </c>
       <c r="D35" t="s">
         <v>45</v>
       </c>
       <c r="E35">
         <v>2018</v>
       </c>
       <c r="F35" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G35" t="s">
         <v>47</v>
       </c>
       <c r="H35" t="s">
         <v>32</v>
       </c>
       <c r="I35" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="J35" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="K35" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L35" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="M35" t="s">
         <v>56</v>
       </c>
       <c r="N35" t="s">
         <v>57</v>
       </c>
       <c r="O35">
         <v>426</v>
       </c>
       <c r="P35" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q35" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R35" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S35" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T35" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U35" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="V35"/>
       <c r="W35">
         <v>0.611</v>
       </c>
       <c r="X35" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="Y35"/>
       <c r="Z35" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:27">
       <c r="A36"/>
       <c r="B36" t="s">
         <v>27</v>
       </c>
       <c r="C36" t="s">
         <v>28</v>
       </c>
       <c r="D36" t="s">
         <v>45</v>
       </c>
       <c r="E36">
         <v>2018</v>
       </c>
       <c r="F36" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G36" t="s">
         <v>47</v>
       </c>
       <c r="H36" t="s">
         <v>32</v>
       </c>
       <c r="I36" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="J36" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="K36" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="L36" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="M36" t="s">
         <v>51</v>
       </c>
       <c r="N36" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O36">
         <v>428</v>
       </c>
       <c r="P36">
         <v>0.202</v>
       </c>
       <c r="Q36">
         <v>0.159</v>
       </c>
       <c r="R36">
         <v>0.256</v>
       </c>
       <c r="S36">
         <v>0.0814</v>
       </c>
       <c r="T36">
         <v>0.232</v>
       </c>
       <c r="U36">
         <v>0.519</v>
       </c>
       <c r="V36"/>
       <c r="W36">
         <v>2.63</v>
       </c>
       <c r="X36" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="Y36"/>
       <c r="Z36" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="AA36" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:27">
       <c r="A37"/>
       <c r="B37" t="s">
         <v>27</v>
       </c>
       <c r="C37" t="s">
         <v>28</v>
       </c>
       <c r="D37" t="s">
         <v>45</v>
       </c>
       <c r="E37">
         <v>2018</v>
       </c>
       <c r="F37" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G37" t="s">
         <v>47</v>
       </c>
       <c r="H37" t="s">
         <v>32</v>
       </c>
       <c r="I37" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="J37" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="K37" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="L37" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="M37" t="s">
         <v>56</v>
       </c>
       <c r="N37" t="s">
         <v>57</v>
       </c>
       <c r="O37">
         <v>426</v>
       </c>
       <c r="P37">
         <v>0.262</v>
       </c>
       <c r="Q37">
         <v>0.218</v>
       </c>
       <c r="R37">
         <v>0.314</v>
       </c>
       <c r="S37">
         <v>0.143</v>
       </c>
       <c r="T37">
         <v>0.277</v>
       </c>
       <c r="U37">
         <v>0.516</v>
       </c>
       <c r="V37"/>
       <c r="W37">
         <v>1.73</v>
       </c>
       <c r="X37" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="Y37"/>
       <c r="Z37" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="AA37" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:27">
       <c r="A38"/>
       <c r="B38" t="s">
         <v>27</v>
       </c>
       <c r="C38" t="s">
         <v>28</v>
       </c>
       <c r="D38" t="s">
         <v>45</v>
       </c>
       <c r="E38">
         <v>2018</v>
       </c>
       <c r="F38" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G38" t="s">
         <v>47</v>
       </c>
       <c r="H38" t="s">
         <v>32</v>
       </c>
       <c r="I38" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="J38" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="K38" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L38" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="M38" t="s">
         <v>51</v>
       </c>
       <c r="N38" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O38">
         <v>428</v>
       </c>
       <c r="P38">
         <v>36.0</v>
       </c>
       <c r="Q38">
         <v>30.5</v>
       </c>
       <c r="R38">
         <v>42.5</v>
       </c>
       <c r="S38">
         <v>20.0</v>
       </c>
       <c r="T38">
         <v>39.6</v>
       </c>
       <c r="U38">
         <v>79.2</v>
       </c>
       <c r="V38"/>
       <c r="W38">
         <v>160</v>
       </c>
       <c r="X38" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y38"/>
       <c r="Z38" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="AA38" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="39" spans="1:27">
       <c r="A39"/>
       <c r="B39" t="s">
         <v>27</v>
       </c>
       <c r="C39" t="s">
         <v>28</v>
       </c>
       <c r="D39" t="s">
         <v>45</v>
       </c>
       <c r="E39">
         <v>2018</v>
       </c>
       <c r="F39" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G39" t="s">
         <v>47</v>
       </c>
       <c r="H39" t="s">
         <v>32</v>
       </c>
       <c r="I39" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="J39" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="K39" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L39" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="M39" t="s">
         <v>56</v>
       </c>
       <c r="N39" t="s">
         <v>57</v>
       </c>
       <c r="O39">
         <v>426</v>
       </c>
       <c r="P39">
         <v>47.1</v>
       </c>
       <c r="Q39">
         <v>41.7</v>
       </c>
       <c r="R39">
         <v>53.2</v>
       </c>
       <c r="S39">
         <v>28.5</v>
       </c>
       <c r="T39">
         <v>44.9</v>
       </c>
       <c r="U39">
         <v>79.7</v>
       </c>
       <c r="V39"/>
       <c r="W39">
         <v>194</v>
       </c>
       <c r="X39" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y39"/>
       <c r="Z39" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="AA39" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:27">
       <c r="A40"/>
       <c r="B40" t="s">
         <v>27</v>
       </c>
       <c r="C40" t="s">
         <v>28</v>
       </c>
       <c r="D40" t="s">
         <v>45</v>
       </c>
       <c r="E40">
         <v>2018</v>
       </c>
       <c r="F40" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G40" t="s">
         <v>47</v>
       </c>
       <c r="H40" t="s">
         <v>32</v>
       </c>
       <c r="I40" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="J40" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="K40" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L40" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="M40" t="s">
         <v>51</v>
       </c>
       <c r="N40" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O40">
         <v>428</v>
       </c>
       <c r="P40">
         <v>0.154</v>
       </c>
       <c r="Q40">
         <v>0.134</v>
       </c>
       <c r="R40">
         <v>0.178</v>
       </c>
       <c r="S40">
         <v>0.085</v>
       </c>
       <c r="T40">
         <v>0.169</v>
       </c>
       <c r="U40">
         <v>0.305</v>
       </c>
       <c r="V40"/>
       <c r="W40">
         <v>0.527</v>
       </c>
       <c r="X40" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="Y40"/>
       <c r="Z40" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="AA40" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="41" spans="1:27">
       <c r="A41"/>
       <c r="B41" t="s">
         <v>27</v>
       </c>
       <c r="C41" t="s">
         <v>28</v>
       </c>
       <c r="D41" t="s">
         <v>45</v>
       </c>
       <c r="E41">
         <v>2018</v>
       </c>
       <c r="F41" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G41" t="s">
         <v>47</v>
       </c>
       <c r="H41" t="s">
         <v>32</v>
       </c>
       <c r="I41" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="J41" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="K41" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L41" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="M41" t="s">
         <v>56</v>
       </c>
       <c r="N41" t="s">
         <v>57</v>
       </c>
       <c r="O41">
         <v>426</v>
       </c>
       <c r="P41">
         <v>0.2</v>
       </c>
       <c r="Q41">
         <v>0.183</v>
       </c>
       <c r="R41">
         <v>0.218</v>
       </c>
       <c r="S41">
         <v>0.132</v>
       </c>
       <c r="T41">
         <v>0.197</v>
       </c>
       <c r="U41">
         <v>0.284</v>
       </c>
       <c r="V41"/>
       <c r="W41">
         <v>0.491</v>
       </c>
       <c r="X41" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y41"/>
       <c r="Z41" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="AA41" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="42" spans="1:27">
       <c r="A42"/>
       <c r="B42" t="s">
         <v>27</v>
       </c>
       <c r="C42" t="s">
         <v>28</v>
       </c>
       <c r="D42" t="s">
         <v>45</v>
       </c>
       <c r="E42">
         <v>2018</v>
       </c>
       <c r="F42" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G42" t="s">
         <v>47</v>
       </c>
       <c r="H42" t="s">
         <v>32</v>
       </c>
       <c r="I42" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="J42" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="K42" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L42" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="M42" t="s">
         <v>51</v>
       </c>
       <c r="N42" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O42">
         <v>428</v>
       </c>
       <c r="P42" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q42" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R42" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S42" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T42" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U42">
         <v>0.0193</v>
       </c>
       <c r="V42"/>
       <c r="W42">
         <v>0.116</v>
       </c>
       <c r="X42" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="Y42"/>
       <c r="Z42" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="AA42" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="43" spans="1:27">
       <c r="A43"/>
       <c r="B43" t="s">
         <v>27</v>
       </c>
       <c r="C43" t="s">
         <v>28</v>
       </c>
       <c r="D43" t="s">
         <v>45</v>
       </c>
       <c r="E43">
         <v>2018</v>
       </c>
       <c r="F43" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G43" t="s">
         <v>47</v>
       </c>
       <c r="H43" t="s">
         <v>32</v>
       </c>
       <c r="I43" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="J43" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="K43" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L43" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="M43" t="s">
         <v>56</v>
       </c>
       <c r="N43" t="s">
         <v>57</v>
       </c>
       <c r="O43">
         <v>426</v>
       </c>
       <c r="P43" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q43" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R43" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S43" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T43" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U43">
         <v>0.0313</v>
       </c>
       <c r="V43"/>
       <c r="W43">
         <v>0.116</v>
       </c>
       <c r="X43" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="Y43"/>
       <c r="Z43" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="AA43" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:27">
       <c r="A44"/>
       <c r="B44" t="s">
         <v>27</v>
       </c>
       <c r="C44" t="s">
         <v>28</v>
       </c>
       <c r="D44" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E44">
         <v>2018</v>
       </c>
       <c r="F44" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G44" t="s">
         <v>47</v>
       </c>
       <c r="H44" t="s">
         <v>32</v>
       </c>
       <c r="I44" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="J44" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="K44" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="L44" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M44" t="s">
         <v>51</v>
       </c>
       <c r="N44" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O44">
         <v>414</v>
       </c>
       <c r="P44">
         <v>1.14</v>
       </c>
       <c r="Q44">
         <v>0.813</v>
       </c>
       <c r="R44">
         <v>1.6</v>
       </c>
       <c r="S44">
         <v>0.179</v>
       </c>
       <c r="T44">
         <v>0.952</v>
       </c>
       <c r="U44">
         <v>6.03</v>
       </c>
       <c r="V44"/>
       <c r="W44">
         <v>40.7</v>
       </c>
       <c r="X44" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="Y44"/>
       <c r="Z44" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA44" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="45" spans="1:27">
       <c r="A45"/>
       <c r="B45" t="s">
         <v>27</v>
       </c>
       <c r="C45" t="s">
         <v>28</v>
       </c>
       <c r="D45" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E45">
         <v>2018</v>
       </c>
       <c r="F45" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G45" t="s">
         <v>47</v>
       </c>
       <c r="H45" t="s">
         <v>32</v>
       </c>
       <c r="I45" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="J45" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="K45" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="L45" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M45" t="s">
         <v>56</v>
       </c>
       <c r="N45" t="s">
         <v>57</v>
       </c>
       <c r="O45">
         <v>412</v>
       </c>
       <c r="P45">
         <v>1.46</v>
       </c>
       <c r="Q45">
         <v>1.05</v>
       </c>
       <c r="R45">
         <v>2.03</v>
       </c>
       <c r="S45">
         <v>0.256</v>
       </c>
       <c r="T45">
         <v>1.14</v>
       </c>
       <c r="U45">
         <v>7.55</v>
       </c>
       <c r="V45"/>
       <c r="W45">
         <v>37.9</v>
       </c>
       <c r="X45" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="Y45"/>
       <c r="Z45" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA45" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="46" spans="1:27">
       <c r="A46"/>
       <c r="B46" t="s">
         <v>27</v>
       </c>
       <c r="C46" t="s">
         <v>28</v>
       </c>
       <c r="D46" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E46">
         <v>2018</v>
       </c>
       <c r="F46" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G46" t="s">
         <v>47</v>
       </c>
       <c r="H46" t="s">
         <v>32</v>
       </c>
       <c r="I46" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="J46" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="K46" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="L46" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M46" t="s">
         <v>51</v>
       </c>
       <c r="N46" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O46">
         <v>414</v>
       </c>
       <c r="P46" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q46" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R46" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S46" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T46" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U46" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="V46"/>
       <c r="W46">
         <v>0.206</v>
       </c>
       <c r="X46" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="Y46"/>
       <c r="Z46" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA46" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:27">
       <c r="A47"/>
       <c r="B47" t="s">
         <v>27</v>
       </c>
       <c r="C47" t="s">
         <v>28</v>
       </c>
       <c r="D47" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E47">
         <v>2018</v>
       </c>
       <c r="F47" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G47" t="s">
         <v>47</v>
       </c>
       <c r="H47" t="s">
         <v>32</v>
       </c>
       <c r="I47" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="J47" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="K47" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="L47" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M47" t="s">
         <v>56</v>
       </c>
       <c r="N47" t="s">
         <v>57</v>
       </c>
       <c r="O47">
         <v>412</v>
       </c>
       <c r="P47" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q47" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R47" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S47" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T47" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U47" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="V47"/>
       <c r="W47">
         <v>0.528</v>
       </c>
       <c r="X47" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="Y47"/>
       <c r="Z47" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA47" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:27">
       <c r="A48"/>
       <c r="B48" t="s">
         <v>27</v>
       </c>
       <c r="C48" t="s">
         <v>28</v>
       </c>
       <c r="D48" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E48">
         <v>2018</v>
       </c>
       <c r="F48" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G48" t="s">
         <v>47</v>
       </c>
       <c r="H48" t="s">
         <v>32</v>
       </c>
       <c r="I48" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="J48" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="K48" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="L48" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M48" t="s">
         <v>51</v>
       </c>
       <c r="N48" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O48">
         <v>414</v>
       </c>
       <c r="P48">
         <v>0.312</v>
       </c>
       <c r="Q48">
         <v>0.264</v>
       </c>
       <c r="R48">
         <v>0.369</v>
       </c>
       <c r="S48">
         <v>0.127</v>
       </c>
       <c r="T48">
         <v>0.318</v>
       </c>
       <c r="U48">
         <v>0.579</v>
       </c>
       <c r="V48"/>
       <c r="W48">
         <v>2.12</v>
       </c>
       <c r="X48" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="Y48"/>
       <c r="Z48" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA48" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="49" spans="1:27">
       <c r="A49"/>
       <c r="B49" t="s">
         <v>27</v>
       </c>
       <c r="C49" t="s">
         <v>28</v>
       </c>
       <c r="D49" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E49">
         <v>2018</v>
       </c>
       <c r="F49" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G49" t="s">
         <v>47</v>
       </c>
       <c r="H49" t="s">
         <v>32</v>
       </c>
       <c r="I49" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="J49" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="K49" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="L49" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M49" t="s">
         <v>56</v>
       </c>
       <c r="N49" t="s">
         <v>57</v>
       </c>
       <c r="O49">
         <v>412</v>
       </c>
       <c r="P49">
         <v>0.403</v>
       </c>
       <c r="Q49">
         <v>0.349</v>
       </c>
       <c r="R49">
         <v>0.465</v>
       </c>
       <c r="S49">
         <v>0.231</v>
       </c>
       <c r="T49">
         <v>0.366</v>
       </c>
       <c r="U49">
         <v>0.552</v>
       </c>
       <c r="V49"/>
       <c r="W49">
         <v>2.26</v>
       </c>
       <c r="X49" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="Y49"/>
       <c r="Z49" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA49" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="50" spans="1:27">
       <c r="A50"/>
       <c r="B50" t="s">
         <v>27</v>
       </c>
       <c r="C50" t="s">
         <v>28</v>
       </c>
       <c r="D50" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E50">
         <v>2018</v>
       </c>
       <c r="F50" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G50" t="s">
         <v>47</v>
       </c>
       <c r="H50" t="s">
         <v>32</v>
       </c>
       <c r="I50" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="J50" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="K50" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="L50" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M50" t="s">
         <v>51</v>
       </c>
       <c r="N50" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O50">
         <v>414</v>
       </c>
       <c r="P50" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q50" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R50" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S50" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T50" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U50" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="V50"/>
       <c r="W50">
         <v>0.44</v>
       </c>
       <c r="X50" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="Y50"/>
       <c r="Z50" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="AA50" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
     </row>
     <row r="51" spans="1:27">
       <c r="A51"/>
       <c r="B51" t="s">
         <v>27</v>
       </c>
       <c r="C51" t="s">
         <v>28</v>
       </c>
       <c r="D51" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E51">
         <v>2018</v>
       </c>
       <c r="F51" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G51" t="s">
         <v>47</v>
       </c>
       <c r="H51" t="s">
         <v>32</v>
       </c>
       <c r="I51" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="J51" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="K51" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="L51" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M51" t="s">
         <v>56</v>
       </c>
       <c r="N51" t="s">
         <v>57</v>
       </c>
       <c r="O51">
         <v>412</v>
       </c>
       <c r="P51" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q51" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R51" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S51" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T51" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U51" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="V51"/>
       <c r="W51">
         <v>1.07</v>
       </c>
       <c r="X51" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="Y51"/>
       <c r="Z51" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="AA51" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
     </row>
     <row r="52" spans="1:27">
       <c r="A52"/>
       <c r="B52" t="s">
         <v>27</v>
       </c>
       <c r="C52" t="s">
         <v>28</v>
       </c>
       <c r="D52" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E52">
         <v>2018</v>
       </c>
       <c r="F52" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G52" t="s">
         <v>47</v>
       </c>
       <c r="H52" t="s">
         <v>32</v>
       </c>
       <c r="I52" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="J52" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="K52" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="L52" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M52" t="s">
         <v>51</v>
       </c>
       <c r="N52" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O52">
         <v>414</v>
       </c>
       <c r="P52">
         <v>3.47</v>
       </c>
       <c r="Q52">
         <v>2.95</v>
       </c>
       <c r="R52">
         <v>4.08</v>
       </c>
       <c r="S52">
         <v>2.03</v>
       </c>
       <c r="T52">
         <v>3.6</v>
       </c>
       <c r="U52">
         <v>6.41</v>
       </c>
       <c r="V52"/>
       <c r="W52">
         <v>18.1</v>
       </c>
       <c r="X52" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y52"/>
       <c r="Z52" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA52" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="53" spans="1:27">
       <c r="A53"/>
       <c r="B53" t="s">
         <v>27</v>
       </c>
       <c r="C53" t="s">
         <v>28</v>
       </c>
       <c r="D53" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E53">
         <v>2018</v>
       </c>
       <c r="F53" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G53" t="s">
         <v>47</v>
       </c>
       <c r="H53" t="s">
         <v>32</v>
       </c>
       <c r="I53" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="J53" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="K53" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="L53" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M53" t="s">
         <v>56</v>
       </c>
       <c r="N53" t="s">
         <v>57</v>
       </c>
       <c r="O53">
         <v>412</v>
       </c>
       <c r="P53">
         <v>4.54</v>
       </c>
       <c r="Q53">
         <v>4.07</v>
       </c>
       <c r="R53">
         <v>5.07</v>
       </c>
       <c r="S53">
         <v>2.64</v>
       </c>
       <c r="T53">
         <v>4.26</v>
       </c>
       <c r="U53">
         <v>6.58</v>
       </c>
       <c r="V53"/>
       <c r="W53">
         <v>13.7</v>
       </c>
       <c r="X53" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y53"/>
       <c r="Z53" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA53" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="54" spans="1:27">
       <c r="A54"/>
       <c r="B54" t="s">
         <v>27</v>
       </c>
       <c r="C54" t="s">
         <v>28</v>
       </c>
       <c r="D54" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E54">
         <v>2018</v>
       </c>
       <c r="F54" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G54" t="s">
         <v>47</v>
       </c>
       <c r="H54" t="s">
         <v>32</v>
       </c>
       <c r="I54" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="J54" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="K54" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="L54" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M54" t="s">
         <v>51</v>
       </c>
       <c r="N54" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O54">
         <v>414</v>
       </c>
       <c r="P54">
         <v>0.48</v>
       </c>
       <c r="Q54">
         <v>0.422</v>
       </c>
       <c r="R54">
         <v>0.546</v>
       </c>
       <c r="S54">
         <v>0.275</v>
       </c>
       <c r="T54">
         <v>0.515</v>
       </c>
       <c r="U54">
         <v>0.84</v>
       </c>
       <c r="V54"/>
       <c r="W54">
         <v>1.56</v>
       </c>
       <c r="X54" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="Y54"/>
       <c r="Z54" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA54" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="55" spans="1:27">
       <c r="A55"/>
       <c r="B55" t="s">
         <v>27</v>
       </c>
       <c r="C55" t="s">
         <v>28</v>
       </c>
       <c r="D55" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E55">
         <v>2018</v>
       </c>
       <c r="F55" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G55" t="s">
         <v>47</v>
       </c>
       <c r="H55" t="s">
         <v>32</v>
       </c>
       <c r="I55" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="J55" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="K55" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="L55" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="M55" t="s">
         <v>56</v>
       </c>
       <c r="N55" t="s">
         <v>57</v>
       </c>
       <c r="O55">
         <v>412</v>
       </c>
       <c r="P55">
         <v>0.621</v>
       </c>
       <c r="Q55">
         <v>0.564</v>
       </c>
       <c r="R55">
         <v>0.684</v>
       </c>
       <c r="S55">
         <v>0.394</v>
       </c>
       <c r="T55">
         <v>0.609</v>
       </c>
       <c r="U55">
         <v>0.911</v>
       </c>
       <c r="V55"/>
       <c r="W55">
         <v>1.7</v>
       </c>
       <c r="X55" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="Y55"/>
       <c r="Z55" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="AA55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:27">
       <c r="A56"/>
       <c r="B56" t="s">
         <v>27</v>
       </c>
       <c r="C56" t="s">
         <v>28</v>
       </c>
       <c r="D56" t="s">
         <v>45</v>
       </c>
       <c r="E56">
         <v>2018</v>
       </c>
       <c r="F56" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="G56" t="s">
         <v>47</v>
       </c>
       <c r="H56" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="I56" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="J56" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="K56" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="L56" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="M56" t="s">
         <v>51</v>
       </c>
       <c r="N56" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="O56">
         <v>425</v>
       </c>
       <c r="P56" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q56" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R56" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S56"/>
       <c r="T56"/>
       <c r="U56">
         <v>0.0147</v>
       </c>
       <c r="V56"/>
       <c r="W56">
         <v>0.0554</v>
       </c>
       <c r="X56" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="Y56"/>
       <c r="Z56" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="AA56" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="57" spans="1:27">
       <c r="A57"/>
       <c r="B57" t="s">
         <v>27</v>
       </c>
       <c r="C57" t="s">
         <v>28</v>
       </c>
       <c r="D57" t="s">
         <v>45</v>
       </c>
       <c r="E57">
         <v>2018</v>
       </c>
       <c r="F57" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="G57" t="s">
         <v>47</v>
       </c>
       <c r="H57" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="I57" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="J57" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="K57" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="L57" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="M57" t="s">
         <v>51</v>
       </c>
       <c r="N57" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="O57">
         <v>425</v>
       </c>
       <c r="P57">
         <v>0.0678</v>
       </c>
       <c r="Q57">
         <v>0.0589</v>
       </c>
       <c r="R57">
         <v>0.078</v>
       </c>
       <c r="S57">
         <v>0.0396</v>
       </c>
       <c r="T57">
         <v>0.0558</v>
       </c>
       <c r="U57">
         <v>0.0953</v>
       </c>
       <c r="V57"/>
       <c r="W57">
         <v>0.34</v>
       </c>
       <c r="X57" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="Y57"/>
       <c r="Z57" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="AA57" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="58" spans="1:27">
       <c r="A58"/>
       <c r="B58" t="s">
         <v>27</v>
       </c>
       <c r="C58" t="s">
         <v>28</v>
       </c>
       <c r="D58" t="s">
         <v>45</v>
       </c>
       <c r="E58">
         <v>2018</v>
       </c>
       <c r="F58" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="G58" t="s">
         <v>47</v>
       </c>
       <c r="H58" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="I58" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="J58" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="K58" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="L58" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="M58" t="s">
         <v>51</v>
       </c>
       <c r="N58" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="O58">
         <v>425</v>
       </c>
       <c r="P58" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q58" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R58" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S58"/>
       <c r="T58"/>
       <c r="U58"/>
       <c r="V58"/>
       <c r="W58">
         <v>0.0357</v>
       </c>
       <c r="X58" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="Y58"/>
       <c r="Z58" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="AA58" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:27">
       <c r="A59"/>
       <c r="B59" t="s">
         <v>27</v>
       </c>
       <c r="C59" t="s">
         <v>28</v>
       </c>
       <c r="D59" t="s">
         <v>45</v>
       </c>
       <c r="E59">
         <v>2018</v>
       </c>
       <c r="F59" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="G59" t="s">
         <v>47</v>
       </c>
       <c r="H59" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="I59" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="J59" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="K59" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="L59" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="M59" t="s">
         <v>51</v>
       </c>
       <c r="N59" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="O59">
         <v>425</v>
       </c>
       <c r="P59" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q59" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R59" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S59"/>
       <c r="T59">
         <v>0.0795</v>
       </c>
       <c r="U59">
         <v>0.164</v>
       </c>
       <c r="V59"/>
       <c r="W59">
         <v>0.321</v>
       </c>
       <c r="X59" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="Y59"/>
       <c r="Z59" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="AA59" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="60" spans="1:27">
       <c r="A60"/>
       <c r="B60" t="s">
         <v>27</v>
       </c>
       <c r="C60" t="s">
         <v>28</v>
       </c>
       <c r="D60" t="s">
         <v>45</v>
       </c>
       <c r="E60">
         <v>2018</v>
       </c>
       <c r="F60" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="G60" t="s">
         <v>47</v>
       </c>
       <c r="H60" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="I60" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="J60" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="K60" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="L60" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="M60" t="s">
         <v>51</v>
       </c>
       <c r="N60" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="O60">
         <v>425</v>
       </c>
       <c r="P60" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q60" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R60" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S60"/>
       <c r="T60"/>
       <c r="U60"/>
       <c r="V60"/>
       <c r="W60"/>
       <c r="X60" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="Y60"/>
       <c r="Z60" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="AA60" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="61" spans="1:27">
       <c r="A61"/>
       <c r="B61" t="s">
         <v>27</v>
       </c>
       <c r="C61" t="s">
         <v>28</v>
       </c>
       <c r="D61" t="s">
         <v>45</v>
       </c>
       <c r="E61">
         <v>2018</v>
       </c>
       <c r="F61" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="G61" t="s">
         <v>47</v>
       </c>
       <c r="H61" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="I61" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="J61" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="K61" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="L61" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="M61" t="s">
         <v>51</v>
       </c>
       <c r="N61" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="O61">
         <v>425</v>
       </c>
       <c r="P61" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q61" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R61" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S61"/>
       <c r="T61">
         <v>0.028</v>
       </c>
       <c r="U61">
         <v>0.0447</v>
       </c>
       <c r="V61"/>
       <c r="W61">
         <v>0.0981</v>
       </c>
       <c r="X61" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="Y61"/>
       <c r="Z61" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="AA61" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="62" spans="1:27">
       <c r="A62"/>
       <c r="B62" t="s">
         <v>27</v>
       </c>
       <c r="C62" t="s">
         <v>28</v>
       </c>
       <c r="D62" t="s">
         <v>45</v>
       </c>
       <c r="E62">
         <v>2018</v>
       </c>
       <c r="F62" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="G62" t="s">
         <v>47</v>
       </c>
       <c r="H62" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="I62" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="J62" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="K62" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="L62" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="M62" t="s">
         <v>51</v>
       </c>
       <c r="N62" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="O62">
         <v>425</v>
       </c>
       <c r="P62">
         <v>0.689</v>
       </c>
       <c r="Q62">
         <v>0.585</v>
       </c>
       <c r="R62">
         <v>0.813</v>
       </c>
       <c r="S62">
         <v>0.418</v>
       </c>
       <c r="T62">
         <v>0.787</v>
       </c>
       <c r="U62">
         <v>1.23</v>
       </c>
       <c r="V62"/>
       <c r="W62">
         <v>2.39</v>
       </c>
       <c r="X62" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="Y62"/>
       <c r="Z62" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="AA62" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="63" spans="1:27">
       <c r="A63"/>
       <c r="B63" t="s">
         <v>27</v>
       </c>
       <c r="C63" t="s">
         <v>28</v>
       </c>
       <c r="D63" t="s">
         <v>45</v>
       </c>
       <c r="E63">
         <v>2018</v>
       </c>
       <c r="F63" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="G63" t="s">
         <v>47</v>
       </c>
       <c r="H63" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="I63" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="J63" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="K63" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="L63" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="M63" t="s">
         <v>51</v>
       </c>
       <c r="N63" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="O63">
         <v>425</v>
       </c>
       <c r="P63">
         <v>0.298</v>
       </c>
       <c r="Q63">
         <v>0.263</v>
       </c>
       <c r="R63">
         <v>0.339</v>
       </c>
       <c r="S63">
         <v>0.195</v>
       </c>
       <c r="T63">
         <v>0.32</v>
       </c>
       <c r="U63">
         <v>0.471</v>
       </c>
       <c r="V63"/>
       <c r="W63">
         <v>1.16</v>
       </c>
       <c r="X63" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="Y63"/>
       <c r="Z63" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="AA63" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="64" spans="1:27">
       <c r="A64"/>
       <c r="B64" t="s">
         <v>27</v>
       </c>
       <c r="C64" t="s">
         <v>28</v>
       </c>
       <c r="D64" t="s">
         <v>45</v>
       </c>
       <c r="E64">
         <v>2018</v>
       </c>
       <c r="F64" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="G64" t="s">
         <v>47</v>
       </c>
       <c r="H64" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="I64" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="J64" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="K64" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="L64" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="M64" t="s">
         <v>51</v>
       </c>
       <c r="N64" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="O64">
         <v>425</v>
       </c>
       <c r="P64">
         <v>1.04</v>
       </c>
       <c r="Q64">
         <v>0.92</v>
       </c>
       <c r="R64">
         <v>1.17</v>
       </c>
       <c r="S64">
         <v>0.732</v>
       </c>
       <c r="T64">
         <v>1.17</v>
       </c>
       <c r="U64">
         <v>1.52</v>
       </c>
       <c r="V64"/>
       <c r="W64">
         <v>3.06</v>
       </c>
       <c r="X64" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="Y64"/>
       <c r="Z64" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="AA64" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="65" spans="1:27">
       <c r="A65"/>
       <c r="B65" t="s">
         <v>27</v>
       </c>
       <c r="C65" t="s">
         <v>28</v>
       </c>
       <c r="D65" t="s">
         <v>45</v>
       </c>
       <c r="E65">
         <v>2018</v>
       </c>
       <c r="F65" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="G65" t="s">
         <v>47</v>
       </c>
       <c r="H65" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="I65" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="J65" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="K65" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="L65" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="M65" t="s">
         <v>51</v>
       </c>
       <c r="N65" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="O65">
         <v>425</v>
       </c>
       <c r="P65">
         <v>2.2</v>
       </c>
       <c r="Q65">
         <v>1.87</v>
       </c>
       <c r="R65">
         <v>2.6</v>
       </c>
       <c r="S65">
         <v>1.41</v>
       </c>
       <c r="T65">
         <v>2.38</v>
       </c>
       <c r="U65">
         <v>3.91</v>
       </c>
       <c r="V65"/>
       <c r="W65">
         <v>8.78</v>
       </c>
       <c r="X65" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="Y65"/>
       <c r="Z65" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="AA65" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="66" spans="1:27">
       <c r="A66"/>
       <c r="B66" t="s">
         <v>27</v>
       </c>
       <c r="C66" t="s">
         <v>28</v>
       </c>
       <c r="D66" t="s">
         <v>45</v>
       </c>
       <c r="E66">
         <v>2018</v>
       </c>
       <c r="F66" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="G66" t="s">
         <v>47</v>
       </c>
       <c r="H66" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="I66" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="J66" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="K66" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="L66" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="M66" t="s">
         <v>51</v>
       </c>
       <c r="N66" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="O66">
         <v>425</v>
       </c>
       <c r="P66" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q66" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R66" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S66"/>
       <c r="T66"/>
       <c r="U66">
         <v>0.0152</v>
       </c>
       <c r="V66"/>
       <c r="W66">
         <v>0.0611</v>
       </c>
       <c r="X66" t="s">
-        <v>223</v>
+        <v>76</v>
       </c>
       <c r="Y66"/>
       <c r="Z66" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AA66" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="67" spans="1:27">
       <c r="A67"/>
       <c r="B67" t="s">
         <v>27</v>
       </c>
       <c r="C67" t="s">
         <v>28</v>
       </c>
       <c r="D67" t="s">
         <v>45</v>
       </c>
       <c r="E67">
         <v>2018</v>
       </c>
       <c r="F67" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="G67" t="s">
         <v>47</v>
       </c>
       <c r="H67" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="I67" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="J67" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="K67" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="L67" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="M67" t="s">
         <v>51</v>
       </c>
       <c r="N67" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="O67">
         <v>425</v>
       </c>
       <c r="P67">
         <v>0.0721</v>
       </c>
       <c r="Q67">
         <v>0.0619</v>
       </c>
       <c r="R67">
         <v>0.084</v>
       </c>
       <c r="S67">
         <v>0.0336</v>
       </c>
       <c r="T67">
         <v>0.0735</v>
       </c>
       <c r="U67">
         <v>0.136</v>
       </c>
       <c r="V67"/>
       <c r="W67">
         <v>0.35</v>
       </c>
       <c r="X67" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="Y67"/>
       <c r="Z67" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="AA67" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>